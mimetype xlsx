--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,567 +12,739 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -836,1269 +1008,1436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>33</v>
       </c>
-      <c r="J4" t="s">
-[...137 lines deleted...]
-      <c r="N7" t="s">
+      <c r="G11" t="s">
         <v>53</v>
-      </c>
-[...149 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-        <v>50</v>
+      <c r="I11">
+        <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>62</v>
+      </c>
+      <c r="G12" t="s">
+        <v>53</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2013</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>72</v>
+      </c>
+      <c r="G13" t="s">
+        <v>53</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>89</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>53</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>122</v>
+      </c>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...29 lines deleted...]
-      <c r="G14">
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15">
         <v>1996</v>
       </c>
-      <c r="H14">
+      <c r="I15">
         <v>2017</v>
       </c>
-      <c r="I14" t="s">
-[...2 lines deleted...]
-      <c r="J14" t="s">
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...2 lines deleted...]
-      <c r="L14" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>139</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2025</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D20" t="s">
+        <v>154</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>155</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
         <v>97</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      <c r="A15" t="s">
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>63</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
         <v>99</v>
       </c>
-      <c r="B15" t="s">
-[...17 lines deleted...]
-      <c r="H15">
+      <c r="M21" t="s">
+        <v>100</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" t="s">
+        <v>61</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>53</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>169</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2017</v>
       </c>
-      <c r="I15" t="s">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>63</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>73</v>
+      </c>
+      <c r="K25" t="s">
+        <v>187</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>189</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...26 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>153</v>
+      </c>
+      <c r="D27" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...6 lines deleted...]
-      <c r="J16" t="s">
+      <c r="E27" t="s">
+        <v>61</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>53</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>153</v>
+      </c>
+      <c r="D28" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...274 lines deleted...]
-      <c r="H23">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="I23" t="s">
-[...102 lines deleted...]
-      <c r="B26" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>156</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>205</v>
+      </c>
+      <c r="N28" t="s">
         <v>26</v>
       </c>
-      <c r="C26" t="s">
-[...111 lines deleted...]
-        <v>153</v>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>