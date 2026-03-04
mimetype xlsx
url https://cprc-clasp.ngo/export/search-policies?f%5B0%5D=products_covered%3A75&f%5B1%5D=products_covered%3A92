--- v1 (2025-11-27)
+++ v2 (2026-03-04)
@@ -445,69 +445,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -1825,51 +1825,51 @@
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>136</v>
       </c>
       <c r="B17" t="s">
         <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>138</v>
       </c>
       <c r="D17" t="s">
         <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>140</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>141</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>142</v>
       </c>
       <c r="P17" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>144</v>