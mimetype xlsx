--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,248 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,401 +560,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...195 lines deleted...]
-        <v>52</v>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>