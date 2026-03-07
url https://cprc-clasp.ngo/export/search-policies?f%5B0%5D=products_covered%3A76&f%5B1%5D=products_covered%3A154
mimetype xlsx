--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,815 +12,1092 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1084,1953 +1361,2218 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>95</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>97</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>104</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>105</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>106</v>
+      </c>
+      <c r="M11" t="s">
+        <v>107</v>
+      </c>
+      <c r="N11" t="s">
+        <v>108</v>
+      </c>
+      <c r="O11" t="s">
+        <v>109</v>
+      </c>
+      <c r="P11" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>111</v>
+      </c>
+      <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>113</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>114</v>
+      </c>
+      <c r="M12" t="s">
+        <v>46</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...52 lines deleted...]
-      <c r="G4">
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>119</v>
+      </c>
+      <c r="D13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>121</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>122</v>
+      </c>
+      <c r="M13" t="s">
+        <v>123</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>124</v>
+      </c>
+      <c r="P13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>126</v>
+      </c>
+      <c r="B14" t="s">
+        <v>127</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>81</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>72</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>134</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>135</v>
+      </c>
+      <c r="P15" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>140</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>141</v>
+      </c>
+      <c r="M16" t="s">
+        <v>142</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>143</v>
+      </c>
+      <c r="P16" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>145</v>
+      </c>
+      <c r="B17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1996</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>65</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>66</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>53</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>153</v>
+      </c>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2011</v>
       </c>
-      <c r="H4">
-[...72 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>160</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>161</v>
+      </c>
+      <c r="M19" t="s">
+        <v>162</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>163</v>
+      </c>
+      <c r="P19" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>165</v>
+      </c>
+      <c r="B20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C20" t="s">
+        <v>167</v>
+      </c>
+      <c r="D20" t="s">
         <v>52</v>
       </c>
-      <c r="F6" t="s">
-[...283 lines deleted...]
-      <c r="B13" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>95</v>
       </c>
-      <c r="C13" t="s">
-[...306 lines deleted...]
-        <v>2012</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>65</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>168</v>
+      </c>
+      <c r="M20" t="s">
+        <v>169</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>170</v>
+      </c>
+      <c r="P20" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>172</v>
+      </c>
+      <c r="B21" t="s">
+        <v>173</v>
+      </c>
+      <c r="C21" t="s">
+        <v>174</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>64</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>175</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>176</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>71</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>64</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>181</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>176</v>
+      </c>
+      <c r="N22" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>182</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>183</v>
+      </c>
+      <c r="B23" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1981</v>
+      </c>
+      <c r="I23">
+        <v>2002</v>
+      </c>
+      <c r="J23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>185</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>186</v>
+      </c>
+      <c r="P23" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>188</v>
+      </c>
+      <c r="B24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>64</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>96</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>81</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C25" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" t="s">
+        <v>193</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>194</v>
+      </c>
+      <c r="G25" t="s">
+        <v>64</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>140</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>142</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>195</v>
+      </c>
+      <c r="P25" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B26" t="s">
+        <v>198</v>
+      </c>
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" t="s">
+        <v>200</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>64</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>79</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>201</v>
+      </c>
+      <c r="M26" t="s">
+        <v>202</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>203</v>
+      </c>
+      <c r="P26" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>205</v>
+      </c>
+      <c r="B27" t="s">
+        <v>206</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>207</v>
+      </c>
+      <c r="H27">
+        <v>1997</v>
+      </c>
+      <c r="I27">
+        <v>2005</v>
+      </c>
+      <c r="J27" t="s">
         <v>54</v>
       </c>
-      <c r="J20" t="s">
-[...8 lines deleted...]
-      <c r="M20" t="s">
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>208</v>
+      </c>
+      <c r="N27" t="s">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>209</v>
+      </c>
+      <c r="P27" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>211</v>
+      </c>
+      <c r="B28" t="s">
+        <v>212</v>
+      </c>
+      <c r="C28" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2025</v>
+      </c>
+      <c r="J28" t="s">
+        <v>213</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>214</v>
+      </c>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>215</v>
+      </c>
+      <c r="P28" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>217</v>
+      </c>
+      <c r="B29" t="s">
+        <v>218</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>64</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>54</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>219</v>
+      </c>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>220</v>
+      </c>
+      <c r="P29" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>222</v>
+      </c>
+      <c r="B30" t="s">
+        <v>223</v>
+      </c>
+      <c r="C30" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>95</v>
+      </c>
+      <c r="G30" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>224</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>225</v>
+      </c>
+      <c r="M30" t="s">
+        <v>73</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>226</v>
+      </c>
+      <c r="P30" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>228</v>
+      </c>
+      <c r="B31" t="s">
+        <v>229</v>
+      </c>
+      <c r="C31" t="s">
+        <v>70</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" t="s">
+        <v>230</v>
+      </c>
+      <c r="G31" t="s">
+        <v>64</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>231</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>232</v>
+      </c>
+      <c r="M31" t="s">
+        <v>73</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>233</v>
+      </c>
+      <c r="P31" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>235</v>
+      </c>
+      <c r="B32" t="s">
+        <v>236</v>
+      </c>
+      <c r="C32" t="s">
+        <v>159</v>
+      </c>
+      <c r="D32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F32" t="s">
+        <v>63</v>
+      </c>
+      <c r="G32" t="s">
+        <v>64</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>160</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>237</v>
+      </c>
+      <c r="M32" t="s">
+        <v>238</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>239</v>
+      </c>
+      <c r="P32" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>241</v>
+      </c>
+      <c r="B33" t="s">
+        <v>242</v>
+      </c>
+      <c r="C33" t="s">
+        <v>243</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>64</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>160</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>244</v>
+      </c>
+      <c r="M33" t="s">
+        <v>245</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>246</v>
+      </c>
+      <c r="P33" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>248</v>
+      </c>
+      <c r="B34" t="s">
+        <v>249</v>
+      </c>
+      <c r="C34" t="s">
+        <v>243</v>
+      </c>
+      <c r="D34" t="s">
+        <v>71</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>64</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>160</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>250</v>
+      </c>
+      <c r="M34" t="s">
+        <v>245</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>251</v>
+      </c>
+      <c r="P34" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>253</v>
+      </c>
+      <c r="B35" t="s">
+        <v>254</v>
+      </c>
+      <c r="C35" t="s">
+        <v>255</v>
+      </c>
+      <c r="D35" t="s">
+        <v>256</v>
+      </c>
+      <c r="E35" t="s">
+        <v>62</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>257</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N20" t="s">
-[...36 lines deleted...]
-      <c r="M21" t="s">
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>258</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>259</v>
+      </c>
+      <c r="P35" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>261</v>
+      </c>
+      <c r="B36" t="s">
+        <v>262</v>
+      </c>
+      <c r="C36" t="s">
+        <v>263</v>
+      </c>
+      <c r="D36" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" t="s">
+        <v>62</v>
+      </c>
+      <c r="F36" t="s">
+        <v>95</v>
+      </c>
+      <c r="G36" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>96</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>264</v>
+      </c>
+      <c r="M36" t="s">
+        <v>265</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>266</v>
+      </c>
+      <c r="P36" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>268</v>
+      </c>
+      <c r="B37" t="s">
+        <v>269</v>
+      </c>
+      <c r="C37" t="s">
+        <v>51</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>62</v>
+      </c>
+      <c r="F37" t="s">
+        <v>63</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1999</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>160</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>270</v>
+      </c>
+      <c r="M37" t="s">
+        <v>271</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>272</v>
+      </c>
+      <c r="P37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>274</v>
+      </c>
+      <c r="B38" t="s">
+        <v>275</v>
+      </c>
+      <c r="C38" t="s">
+        <v>51</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>62</v>
+      </c>
+      <c r="F38" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>160</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>276</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>277</v>
+      </c>
+      <c r="P38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>279</v>
+      </c>
+      <c r="B39" t="s">
+        <v>280</v>
+      </c>
+      <c r="C39" t="s">
+        <v>281</v>
+      </c>
+      <c r="D39" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>64</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>96</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>282</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>283</v>
+      </c>
+      <c r="P39" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
+        <v>286</v>
+      </c>
+      <c r="C40" t="s">
+        <v>287</v>
+      </c>
+      <c r="D40" t="s">
+        <v>42</v>
+      </c>
+      <c r="E40" t="s">
+        <v>62</v>
+      </c>
+      <c r="F40" t="s">
+        <v>63</v>
+      </c>
+      <c r="G40" t="s">
+        <v>288</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>96</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>289</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>290</v>
+      </c>
+      <c r="P40" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>292</v>
+      </c>
+      <c r="B41" t="s">
+        <v>293</v>
+      </c>
+      <c r="C41" t="s">
+        <v>294</v>
+      </c>
+      <c r="D41" t="s">
+        <v>295</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>33</v>
+      </c>
+      <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...44 lines deleted...]
-      <c r="A23" t="s">
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>296</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>297</v>
+      </c>
+      <c r="P41" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="C42" t="s">
+        <v>86</v>
+      </c>
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>63</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>301</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>302</v>
+      </c>
+      <c r="M42" t="s">
+        <v>303</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>304</v>
+      </c>
+      <c r="P42" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B43" t="s">
+        <v>307</v>
+      </c>
+      <c r="C43" t="s">
+        <v>308</v>
+      </c>
+      <c r="D43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" t="s">
+        <v>62</v>
+      </c>
+      <c r="F43" t="s">
+        <v>63</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>309</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>310</v>
+      </c>
+      <c r="M43" t="s">
+        <v>311</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>312</v>
+      </c>
+      <c r="P43" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B44" t="s">
+        <v>315</v>
+      </c>
+      <c r="C44" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" t="s">
+        <v>193</v>
+      </c>
+      <c r="E44" t="s">
+        <v>62</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>64</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
         <v>140</v>
       </c>
-      <c r="B23" t="s">
-[...905 lines deleted...]
-      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="N44" t="s">
-        <v>231</v>
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>317</v>
+      </c>
+      <c r="P44" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>