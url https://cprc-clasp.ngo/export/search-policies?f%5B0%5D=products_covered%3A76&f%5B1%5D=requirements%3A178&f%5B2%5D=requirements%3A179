--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,398 +12,489 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -667,727 +758,820 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="544.867" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...9 lines deleted...]
-        <v>30</v>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...18 lines deleted...]
-      <c r="G4">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>106</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="H4">
-[...18 lines deleted...]
-        <v>38</v>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>127</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...439 lines deleted...]
-        <v>100</v>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>