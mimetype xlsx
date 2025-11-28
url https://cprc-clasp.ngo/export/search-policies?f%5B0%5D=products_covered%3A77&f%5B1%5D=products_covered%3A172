--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,1030 +12,1451 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1299,3021 +1720,3436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N69"/>
+  <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1979</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>107</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>62</v>
+      </c>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>107</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>61</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>138</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...25 lines deleted...]
-      <c r="C4" t="s">
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...52 lines deleted...]
-      <c r="G5">
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...132 lines deleted...]
-      <c r="K8" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>147</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" t="s">
         <v>60</v>
       </c>
-      <c r="L8" t="s">
-[...494 lines deleted...]
-      <c r="K20" t="s">
+      <c r="E22" t="s">
         <v>107</v>
       </c>
-      <c r="L20" t="s">
+      <c r="F22" t="s">
         <v>108</v>
       </c>
-      <c r="M20" t="s">
-[...68 lines deleted...]
-        <v>2012</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>145</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>158</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>152</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" t="s">
+        <v>172</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>152</v>
+      </c>
+      <c r="K24" t="s">
+        <v>174</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>175</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>180</v>
+      </c>
+      <c r="D25" t="s">
+        <v>73</v>
+      </c>
+      <c r="E25" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>109</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>187</v>
+      </c>
+      <c r="D26" t="s">
+        <v>73</v>
+      </c>
+      <c r="E26" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2006</v>
+      </c>
+      <c r="I26">
+        <v>2008</v>
+      </c>
+      <c r="J26" t="s">
+        <v>188</v>
+      </c>
+      <c r="K26" t="s">
+        <v>74</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
         <v>106</v>
       </c>
-      <c r="J22" t="s">
-[...171 lines deleted...]
-      <c r="J26" t="s">
+      <c r="C27" t="s">
         <v>59</v>
       </c>
-      <c r="K26"/>
-[...19 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
-      <c r="I27" t="s">
-        <v>82</v>
+      <c r="I27">
+        <v>2005</v>
       </c>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="K27" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L27" t="s">
+        <v>62</v>
+      </c>
+      <c r="M27" t="s">
+        <v>63</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>59</v>
+      </c>
+      <c r="D28" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
         <v>52</v>
       </c>
-      <c r="M27" t="s">
-[...25 lines deleted...]
-      <c r="G28">
+      <c r="H28">
         <v>2015</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
+        <v>109</v>
+      </c>
+      <c r="K28" t="s">
+        <v>74</v>
+      </c>
+      <c r="L28" t="s">
+        <v>197</v>
+      </c>
+      <c r="M28" t="s">
+        <v>63</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" t="s">
         <v>59</v>
       </c>
-      <c r="K28" t="s">
-[...2 lines deleted...]
-      <c r="L28" t="s">
+      <c r="D29" t="s">
+        <v>60</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>52</v>
       </c>
-      <c r="M28" t="s">
-[...25 lines deleted...]
-      <c r="G29">
+      <c r="H29">
         <v>2020</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="K29" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>146</v>
+        <v>68</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N29" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>148</v>
+        <v>204</v>
       </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
         <v>1989</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2025</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K30" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>209</v>
+      </c>
+      <c r="P30" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="B31" t="s">
-        <v>154</v>
+        <v>212</v>
       </c>
       <c r="C31" t="s">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
-      <c r="I31" t="s">
-        <v>44</v>
+      <c r="I31">
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="K31" t="s">
-        <v>156</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>157</v>
+        <v>215</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>221</v>
+      </c>
+      <c r="D32" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>173</v>
+      </c>
+      <c r="G32" t="s">
+        <v>8</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>223</v>
+      </c>
+      <c r="M32" t="s">
+        <v>224</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>173</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2025</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>229</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>224</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>230</v>
+      </c>
+      <c r="P33" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>232</v>
+      </c>
+      <c r="B34" t="s">
+        <v>233</v>
+      </c>
+      <c r="C34" t="s">
+        <v>221</v>
+      </c>
+      <c r="D34" t="s">
+        <v>234</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>173</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>107</v>
+      </c>
+      <c r="F35" t="s">
+        <v>108</v>
+      </c>
+      <c r="G35" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>145</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
         <v>158</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="G33">
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" t="s">
+        <v>73</v>
+      </c>
+      <c r="E36" t="s">
+        <v>107</v>
+      </c>
+      <c r="F36" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2006</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>145</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>158</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>244</v>
+      </c>
+      <c r="P36" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" t="s">
+        <v>73</v>
+      </c>
+      <c r="E37" t="s">
+        <v>107</v>
+      </c>
+      <c r="F37" t="s">
+        <v>108</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37">
         <v>2013</v>
       </c>
-      <c r="H33">
-[...174 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="N37" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>179</v>
+        <v>250</v>
       </c>
       <c r="B38" t="s">
-        <v>180</v>
+        <v>251</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>252</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="E38" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>108</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>181</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
+        <v>254</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>60</v>
+      </c>
+      <c r="C39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D39" t="s">
+        <v>60</v>
+      </c>
+      <c r="E39" t="s">
+        <v>107</v>
+      </c>
+      <c r="F39" t="s">
+        <v>108</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>258</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>254</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>259</v>
+      </c>
+      <c r="P39" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>263</v>
+      </c>
+      <c r="D40" t="s">
+        <v>73</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>264</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>266</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>267</v>
+      </c>
+      <c r="P40" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>269</v>
+      </c>
+      <c r="B41" t="s">
+        <v>270</v>
+      </c>
+      <c r="C41" t="s">
+        <v>263</v>
+      </c>
+      <c r="D41" t="s">
+        <v>73</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>42</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>264</v>
+      </c>
+      <c r="K41" t="s">
+        <v>74</v>
+      </c>
+      <c r="L41" t="s">
+        <v>271</v>
+      </c>
+      <c r="M41" t="s">
+        <v>266</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>272</v>
+      </c>
+      <c r="P41" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>274</v>
+      </c>
+      <c r="B42" t="s">
+        <v>275</v>
+      </c>
+      <c r="C42" t="s">
+        <v>276</v>
+      </c>
+      <c r="D42" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>188</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>277</v>
+      </c>
+      <c r="M42" t="s">
+        <v>278</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>281</v>
+      </c>
+      <c r="B43" t="s">
+        <v>282</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2017</v>
+      </c>
+      <c r="J43" t="s">
+        <v>188</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>278</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>283</v>
+      </c>
+      <c r="P43" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" t="s">
+        <v>286</v>
+      </c>
+      <c r="C44" t="s">
+        <v>276</v>
+      </c>
+      <c r="D44" t="s">
+        <v>60</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>53</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>278</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>287</v>
+      </c>
+      <c r="P44" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>285</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>276</v>
+      </c>
+      <c r="D45" t="s">
+        <v>60</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>53</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>278</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>290</v>
+      </c>
+      <c r="P45" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>292</v>
+      </c>
+      <c r="B46" t="s">
+        <v>293</v>
+      </c>
+      <c r="C46" t="s">
+        <v>276</v>
+      </c>
+      <c r="D46" t="s">
+        <v>60</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>52</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>188</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>278</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" t="s">
+        <v>298</v>
+      </c>
+      <c r="D47" t="s">
+        <v>73</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>42</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>109</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>299</v>
+      </c>
+      <c r="M47" t="s">
+        <v>300</v>
+      </c>
+      <c r="N47" t="s">
+        <v>301</v>
+      </c>
+      <c r="O47" t="s">
+        <v>302</v>
+      </c>
+      <c r="P47" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>304</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" t="s">
+        <v>60</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>307</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>308</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>309</v>
+      </c>
+      <c r="P48" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>311</v>
+      </c>
+      <c r="B49" t="s">
+        <v>312</v>
+      </c>
+      <c r="C49" t="s">
+        <v>313</v>
+      </c>
+      <c r="D49" t="s">
+        <v>314</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>173</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49">
+        <v>2024</v>
+      </c>
+      <c r="J49" t="s">
+        <v>315</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>316</v>
+      </c>
+      <c r="M49" t="s">
+        <v>317</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>318</v>
+      </c>
+      <c r="P49" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>320</v>
+      </c>
+      <c r="B50" t="s">
+        <v>321</v>
+      </c>
+      <c r="C50" t="s">
+        <v>322</v>
+      </c>
+      <c r="D50" t="s">
+        <v>164</v>
+      </c>
+      <c r="E50" t="s">
+        <v>107</v>
+      </c>
+      <c r="F50" t="s">
+        <v>323</v>
+      </c>
+      <c r="G50" t="s">
+        <v>52</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>324</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>325</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>326</v>
+      </c>
+      <c r="P50" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>328</v>
+      </c>
+      <c r="B51" t="s">
+        <v>329</v>
+      </c>
+      <c r="C51" t="s">
+        <v>330</v>
+      </c>
+      <c r="D51" t="s">
+        <v>331</v>
+      </c>
+      <c r="E51" t="s">
+        <v>107</v>
+      </c>
+      <c r="F51" t="s">
+        <v>42</v>
+      </c>
+      <c r="G51" t="s">
+        <v>52</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>145</v>
+      </c>
+      <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="N38" t="s">
-[...38 lines deleted...]
-      <c r="M39" t="s">
+      <c r="L51" t="s">
+        <v>332</v>
+      </c>
+      <c r="M51" t="s">
+        <v>333</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>334</v>
+      </c>
+      <c r="P51" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>336</v>
+      </c>
+      <c r="B52" t="s">
+        <v>337</v>
+      </c>
+      <c r="C52" t="s">
+        <v>263</v>
+      </c>
+      <c r="D52" t="s">
+        <v>73</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2007</v>
+      </c>
+      <c r="I52">
+        <v>2011</v>
+      </c>
+      <c r="J52" t="s">
+        <v>264</v>
+      </c>
+      <c r="K52" t="s">
+        <v>74</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>338</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>341</v>
+      </c>
+      <c r="B53" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" t="s">
+        <v>213</v>
+      </c>
+      <c r="D53" t="s">
+        <v>73</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>52</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>53</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>343</v>
+      </c>
+      <c r="M53" t="s">
+        <v>216</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>344</v>
+      </c>
+      <c r="P53" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>346</v>
+      </c>
+      <c r="B54" t="s">
+        <v>347</v>
+      </c>
+      <c r="C54" t="s">
+        <v>348</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>52</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>349</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>350</v>
+      </c>
+      <c r="M54" t="s">
+        <v>351</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" t="s">
+        <v>263</v>
+      </c>
+      <c r="D55" t="s">
+        <v>60</v>
+      </c>
+      <c r="E55" t="s">
+        <v>107</v>
+      </c>
+      <c r="F55" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" t="s">
+        <v>52</v>
+      </c>
+      <c r="H55">
+        <v>2018</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>264</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>356</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
+        <v>360</v>
+      </c>
+      <c r="C56" t="s">
+        <v>361</v>
+      </c>
+      <c r="D56" t="s">
+        <v>60</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56">
+        <v>2014</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>362</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>363</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>364</v>
+      </c>
+      <c r="P56" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>366</v>
+      </c>
+      <c r="B57" t="s">
+        <v>367</v>
+      </c>
+      <c r="C57" t="s">
+        <v>368</v>
+      </c>
+      <c r="D57" t="s">
+        <v>369</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>173</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2017</v>
+      </c>
+      <c r="I57">
+        <v>2021</v>
+      </c>
+      <c r="J57" t="s">
+        <v>370</v>
+      </c>
+      <c r="K57" t="s">
+        <v>371</v>
+      </c>
+      <c r="L57" t="s">
+        <v>372</v>
+      </c>
+      <c r="M57" t="s">
+        <v>373</v>
+      </c>
+      <c r="N57" t="s">
+        <v>36</v>
+      </c>
+      <c r="O57" t="s">
+        <v>374</v>
+      </c>
+      <c r="P57" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>376</v>
+      </c>
+      <c r="B58" t="s">
+        <v>377</v>
+      </c>
+      <c r="C58" t="s">
+        <v>378</v>
+      </c>
+      <c r="D58" t="s">
+        <v>379</v>
+      </c>
+      <c r="E58" t="s">
+        <v>107</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
+      </c>
+      <c r="J58" t="s">
+        <v>188</v>
+      </c>
+      <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="N39" t="s">
-[...40 lines deleted...]
-      <c r="M40" t="s">
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>380</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>381</v>
+      </c>
+      <c r="P58" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>383</v>
+      </c>
+      <c r="B59" t="s">
+        <v>384</v>
+      </c>
+      <c r="C59" t="s">
+        <v>348</v>
+      </c>
+      <c r="D59" t="s">
+        <v>60</v>
+      </c>
+      <c r="E59" t="s">
+        <v>107</v>
+      </c>
+      <c r="F59" t="s">
+        <v>108</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>362</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>385</v>
+      </c>
+      <c r="M59" t="s">
+        <v>386</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>387</v>
+      </c>
+      <c r="P59" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>389</v>
+      </c>
+      <c r="B60" t="s">
+        <v>390</v>
+      </c>
+      <c r="C60" t="s">
+        <v>348</v>
+      </c>
+      <c r="D60" t="s">
+        <v>60</v>
+      </c>
+      <c r="E60" t="s">
+        <v>107</v>
+      </c>
+      <c r="F60" t="s">
+        <v>108</v>
+      </c>
+      <c r="G60" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60">
+        <v>2013</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>362</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>391</v>
+      </c>
+      <c r="M60" t="s">
+        <v>386</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60"/>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>393</v>
+      </c>
+      <c r="B61" t="s">
+        <v>394</v>
+      </c>
+      <c r="C61" t="s">
+        <v>395</v>
+      </c>
+      <c r="D61" t="s">
+        <v>234</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>52</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>152</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>396</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>397</v>
+      </c>
+      <c r="P61" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>399</v>
+      </c>
+      <c r="B62" t="s">
+        <v>400</v>
+      </c>
+      <c r="C62" t="s">
+        <v>401</v>
+      </c>
+      <c r="D62" t="s">
+        <v>402</v>
+      </c>
+      <c r="E62" t="s">
+        <v>107</v>
+      </c>
+      <c r="F62" t="s">
+        <v>108</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>53</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>403</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>404</v>
+      </c>
+      <c r="P62" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>406</v>
+      </c>
+      <c r="B63" t="s">
+        <v>407</v>
+      </c>
+      <c r="C63" t="s">
+        <v>348</v>
+      </c>
+      <c r="D63" t="s">
+        <v>98</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>173</v>
+      </c>
+      <c r="G63" t="s">
+        <v>52</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>349</v>
+      </c>
+      <c r="K63" t="s">
+        <v>74</v>
+      </c>
+      <c r="L63" t="s">
+        <v>408</v>
+      </c>
+      <c r="M63" t="s">
+        <v>351</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>409</v>
+      </c>
+      <c r="P63" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>411</v>
+      </c>
+      <c r="B64" t="s">
+        <v>412</v>
+      </c>
+      <c r="C64" t="s">
+        <v>348</v>
+      </c>
+      <c r="D64" t="s">
+        <v>60</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>52</v>
+      </c>
+      <c r="H64">
+        <v>2012</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>264</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>413</v>
+      </c>
+      <c r="M64" t="s">
+        <v>351</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>414</v>
+      </c>
+      <c r="P64" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>416</v>
+      </c>
+      <c r="B65" t="s">
+        <v>417</v>
+      </c>
+      <c r="C65" t="s">
+        <v>130</v>
+      </c>
+      <c r="D65" t="s">
+        <v>60</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>52</v>
+      </c>
+      <c r="H65">
+        <v>2019</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>229</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>132</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>418</v>
+      </c>
+      <c r="P65" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>420</v>
+      </c>
+      <c r="B66" t="s">
+        <v>421</v>
+      </c>
+      <c r="C66" t="s">
+        <v>322</v>
+      </c>
+      <c r="D66" t="s">
+        <v>164</v>
+      </c>
+      <c r="E66" t="s">
+        <v>107</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>52</v>
+      </c>
+      <c r="H66">
+        <v>2016</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>324</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>422</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>423</v>
+      </c>
+      <c r="P66" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>425</v>
+      </c>
+      <c r="B67" t="s">
+        <v>426</v>
+      </c>
+      <c r="C67" t="s">
+        <v>427</v>
+      </c>
+      <c r="D67" t="s">
+        <v>98</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67">
+        <v>2014</v>
+      </c>
+      <c r="J67" t="s">
+        <v>349</v>
+      </c>
+      <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="N40" t="s">
-[...40 lines deleted...]
-      <c r="M41" t="s">
+      <c r="L67" t="s">
+        <v>428</v>
+      </c>
+      <c r="M67" t="s">
+        <v>429</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>430</v>
+      </c>
+      <c r="P67" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>425</v>
+      </c>
+      <c r="B68" t="s">
+        <v>432</v>
+      </c>
+      <c r="C68" t="s">
+        <v>427</v>
+      </c>
+      <c r="D68" t="s">
+        <v>98</v>
+      </c>
+      <c r="E68" t="s">
+        <v>107</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68">
+        <v>2017</v>
+      </c>
+      <c r="J68" t="s">
+        <v>349</v>
+      </c>
+      <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="N41" t="s">
-[...235 lines deleted...]
-      <c r="H47">
+      <c r="L68" t="s">
+        <v>433</v>
+      </c>
+      <c r="M68" t="s">
+        <v>429</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>434</v>
+      </c>
+      <c r="P68" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>435</v>
+      </c>
+      <c r="B69" t="s">
+        <v>436</v>
+      </c>
+      <c r="C69" t="s">
+        <v>437</v>
+      </c>
+      <c r="D69" t="s">
+        <v>438</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>173</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
         <v>2014</v>
       </c>
-      <c r="I47" t="s">
-[...424 lines deleted...]
-      <c r="L57" t="s">
+      <c r="J69" t="s">
         <v>264</v>
       </c>
-      <c r="M57" t="s">
-[...498 lines deleted...]
-      </c>
       <c r="K69" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>309</v>
+        <v>439</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>440</v>
       </c>
       <c r="N69" t="s">
-        <v>310</v>
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>441</v>
+      </c>
+      <c r="P69" t="s">
+        <v>442</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>