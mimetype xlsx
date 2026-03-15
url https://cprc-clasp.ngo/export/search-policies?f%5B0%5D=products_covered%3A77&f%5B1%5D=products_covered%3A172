--- v1 (2025-11-28)
+++ v2 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,921 +131,924 @@
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...839 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL-038. Household Gas Stoves</t>
+  </si>
+  <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB-T 13611, GB 30720-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-039. Commercial Gas Stoves</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>GB/T 13611, GB 30720-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
+  </si>
+  <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Kitchen, Ovens</t>
+  </si>
+  <si>
+    <t>IEC 60350-1/2015
+,   
+                    Regulation (EU) No 65/2014</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
+  </si>
+  <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
+    <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Centre, Japan</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
+  </si>
+  <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705:2010
+,   
+                    MS IEC 62301:2012
+,   
+                    IEC 62301:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N145 - Electric Ovens</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N7 - Thermal insulation materials for building</t>
+  </si>
+  <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
+    <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
+    <t>INTE E17-1 2017</t>
+  </si>
+  <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>ISO 2859-1</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
+    <t>INTE E17-2 2017</t>
+  </si>
+  <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>JS 2098:2013 Energy labeling of household electric ovens</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2098</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
   </si>
@@ -1734,51 +1737,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1904,3216 +1907,3216 @@
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
       <c r="J5" t="s">
         <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H8">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
         <v>2015</v>
       </c>
-      <c r="I9"/>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H10">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>84</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>1979</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>1979</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
       <c r="J12" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12"/>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H13">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
-      <c r="M13"/>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="E14" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H14">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F15" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H15">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" t="s">
         <v>118</v>
       </c>
-      <c r="B16" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
         <v>120</v>
       </c>
-      <c r="M16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="P16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E17" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F17" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G17" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H17">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
       <c r="J17" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="M17" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="G18" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
       <c r="M18" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H19">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C20" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>147</v>
       </c>
       <c r="E20" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>108</v>
+        <v>148</v>
       </c>
       <c r="G20" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2023</v>
+      </c>
       <c r="J20" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E21" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F21" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H21">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I21">
         <v>2013</v>
       </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
       <c r="M21" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F22" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I22">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>145</v>
+        <v>162</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
-      <c r="L22" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>157</v>
       </c>
-      <c r="M22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="P22" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>70</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="G23" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
       <c r="J23" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D24" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>173</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H24">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="K24" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>175</v>
+      </c>
       <c r="M24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="E25" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="I25">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="I26">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>188</v>
+        <v>119</v>
       </c>
       <c r="K26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
       <c r="M26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>59</v>
+        <v>196</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I27">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="J27" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>63</v>
+        <v>198</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="P27" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B28" t="s">
-        <v>196</v>
+        <v>116</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2005</v>
+      </c>
       <c r="J28" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="K28" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>197</v>
+        <v>72</v>
       </c>
       <c r="M28" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>52</v>
+        <v>206</v>
       </c>
       <c r="H29">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
       <c r="J29" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="L29" t="s">
-        <v>68</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>201</v>
+        <v>73</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="P29" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="H30">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>206</v>
+        <v>71</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>207</v>
+        <v>78</v>
       </c>
       <c r="M30" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
-        <v>213</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>214</v>
+        <v>70</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H31">
-        <v>2019</v>
+        <v>1989</v>
       </c>
       <c r="I31">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="J31" t="s">
-        <v>53</v>
+        <v>216</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="M31" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>224</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>173</v>
+        <v>52</v>
       </c>
       <c r="G32" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I32">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J32" t="s">
-        <v>222</v>
+        <v>63</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P32" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H33">
         <v>2025</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="P33" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B34" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C34" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="D34" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="P34" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B35" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
-        <v>144</v>
+        <v>243</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>244</v>
       </c>
       <c r="E35" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G35" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
-      <c r="I35"/>
+      <c r="I35">
+        <v>2024</v>
+      </c>
       <c r="J35" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>245</v>
+      </c>
       <c r="M35" t="s">
-        <v>158</v>
+        <v>233</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="P35" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F36" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H36">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="P36" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B37" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E37" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F37" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2006</v>
       </c>
       <c r="I37">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J37" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="P37" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B38" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="C38" t="s">
-        <v>252</v>
+        <v>154</v>
       </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="E38" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F38" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I38">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>253</v>
+        <v>155</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>254</v>
+        <v>168</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B39" t="s">
-        <v>60</v>
+        <v>261</v>
       </c>
       <c r="C39" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="D39" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E39" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F39" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I39">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="P39" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B40" t="s">
+        <v>70</v>
+      </c>
+      <c r="C40" t="s">
         <v>262</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="I40">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="P40" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B41" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C41" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="D41" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
       <c r="I41">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J41" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="K41" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="M41" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="P41" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B42" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C42" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D42" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="I42">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="J42" t="s">
-        <v>188</v>
+        <v>274</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="L42" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="M42" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="P42" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D43" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>1996</v>
       </c>
       <c r="I43">
         <v>2017</v>
       </c>
       <c r="J43" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
-      <c r="L43"/>
+      <c r="L43" t="s">
+        <v>287</v>
+      </c>
       <c r="M43" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="P43" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
+        <v>292</v>
+      </c>
+      <c r="C44" t="s">
         <v>286</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I44">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J44" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="P44" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="B45" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D45" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2016</v>
       </c>
       <c r="I45">
         <v>2020</v>
       </c>
       <c r="J45" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="P45" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B46" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="C46" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D46" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
-      <c r="I46"/>
+      <c r="I46">
+        <v>2020</v>
+      </c>
       <c r="J46" t="s">
-        <v>188</v>
+        <v>63</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="P46" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B47" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C47" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="D47" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H47">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="N47" t="s">
-        <v>301</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="P47" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B48" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C48" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D48" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G48" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I48"/>
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
       <c r="J48" t="s">
-        <v>307</v>
+        <v>119</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48"/>
+      <c r="L48" t="s">
+        <v>309</v>
+      </c>
       <c r="M48" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>311</v>
       </c>
       <c r="O48" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="P48" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B49" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C49" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D49" t="s">
-        <v>314</v>
+        <v>70</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>173</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
-      <c r="I49">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C50" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D50" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="E50" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F50" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G50" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B51" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C51" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D51" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E51" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F51" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G51" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C52" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2007</v>
       </c>
       <c r="I52">
         <v>2011</v>
       </c>
       <c r="J52" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="K52" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C53" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M53" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B54" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C54" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D54" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P54" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B55" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C55" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="D55" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E55" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F55" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G55" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H55">
         <v>2018</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P55" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B56" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D56" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G56" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D57" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2017</v>
       </c>
       <c r="I57">
         <v>2021</v>
       </c>
       <c r="J57" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K57" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="L57" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N57" t="s">
         <v>36</v>
       </c>
       <c r="O57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B58" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C58" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D58" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E58" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2018</v>
       </c>
       <c r="J58" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B59" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C59" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D59" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E59" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F59" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59">
         <v>2014</v>
       </c>
       <c r="J59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B60" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D60" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E60" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F60" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G60" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M60" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P60"/>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B61" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C61" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D61" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P61" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B62" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C62" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D62" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E62" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F62" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2017</v>
       </c>
       <c r="J62" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P62" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B63" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C63" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D63" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="G63" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H63">
         <v>2013</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K63" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="L63" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M63" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P63" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B64" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C64" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D64" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M64" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P64" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B65" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C65" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="D65" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H65">
         <v>2019</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P65" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B66" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C66" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D66" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="E66" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H66">
         <v>2016</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P66" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B67" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C67" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D67" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2014</v>
       </c>
       <c r="J67" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M67" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P67" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B68" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C68" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D68" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="E68" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68">
         <v>2017</v>
       </c>
       <c r="J68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M68" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P68" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B69" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C69" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D69" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2014</v>
       </c>
       <c r="J69" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="M69" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">