--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,314 +12,385 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,571 +654,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="126.112" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2008</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2006</v>
       </c>
-      <c r="H2">
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>70</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...367 lines deleted...]
-        <v>74</v>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>