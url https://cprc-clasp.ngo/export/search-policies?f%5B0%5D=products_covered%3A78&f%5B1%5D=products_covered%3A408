--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1082 +12,1503 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1351,3095 +1772,3522 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N71"/>
+  <dimension ref="A1:P71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>1980</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2008</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2020</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>45</v>
       </c>
-      <c r="B6" t="s">
-[...18 lines deleted...]
-      <c r="I6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
         <v>47</v>
       </c>
-      <c r="J6" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
         <v>47</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>46</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>76</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>76</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>76</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>76</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>77</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F15" t="s">
+        <v>76</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...13 lines deleted...]
-      <c r="A9" t="s">
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>112</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>127</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
+        <v>75</v>
+      </c>
+      <c r="F19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D20" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...75 lines deleted...]
-      <c r="N10" t="s">
+      <c r="E20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" t="s">
+        <v>76</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>135</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>134</v>
+      </c>
+      <c r="D21" t="s">
         <v>64</v>
       </c>
-    </row>
-[...159 lines deleted...]
-      <c r="K14" t="s">
+      <c r="E21" t="s">
         <v>75</v>
       </c>
-      <c r="L14" t="s">
-[...5 lines deleted...]
-      <c r="N14" t="s">
+      <c r="F21" t="s">
         <v>76</v>
       </c>
-    </row>
-[...266 lines deleted...]
-        <v>2010</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2010</v>
       </c>
-      <c r="I21" t="s">
-        <v>98</v>
+      <c r="I21">
+        <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="M21" t="s">
-        <v>32</v>
+        <v>148</v>
       </c>
       <c r="N21" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>76</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="K22" t="s">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>107</v>
+        <v>153</v>
       </c>
       <c r="M22" t="s">
-        <v>32</v>
+        <v>148</v>
       </c>
       <c r="N22" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>134</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="E23" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>76</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>98</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="K23" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>107</v>
+        <v>158</v>
       </c>
       <c r="M23" t="s">
-        <v>32</v>
+        <v>148</v>
       </c>
       <c r="N23" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="C24" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F24" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>76</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
         <v>2013</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K24" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>100</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
       <c r="N24" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="E25" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F25" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>76</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
         <v>2017</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K25" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="M25" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
       <c r="N25" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>123</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="E26" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F26" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>76</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
         <v>2017</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K26" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="M26" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
       <c r="N26" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>177</v>
       </c>
       <c r="B27" t="s">
-        <v>97</v>
+        <v>178</v>
       </c>
       <c r="C27" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="E27" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="H27">
+        <v>76</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27">
         <v>2016</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K27" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>100</v>
+        <v>179</v>
       </c>
       <c r="M27" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
       <c r="N27" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>37</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E28" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-        <v>130</v>
+      <c r="I28">
+        <v>2010</v>
       </c>
       <c r="J28" t="s">
+        <v>185</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>186</v>
+      </c>
+      <c r="N28" t="s">
+        <v>37</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>193</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>164</v>
+      </c>
+      <c r="K29" t="s">
+        <v>194</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>195</v>
+      </c>
+      <c r="N29" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>200</v>
+      </c>
+      <c r="D30" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2006</v>
+      </c>
+      <c r="I30">
+        <v>2008</v>
+      </c>
+      <c r="J30" t="s">
+        <v>201</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>202</v>
+      </c>
+      <c r="N30" t="s">
+        <v>37</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>63</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
+        <v>64</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K28"/>
-[...80 lines deleted...]
-      <c r="J30" t="s">
+      <c r="G31" t="s">
+        <v>206</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
+      <c r="J31" t="s">
+        <v>207</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>65</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...72 lines deleted...]
-        <v>2005</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
-      <c r="I32" t="s">
+      <c r="I32">
+        <v>2005</v>
+      </c>
+      <c r="J32" t="s">
+        <v>58</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>46</v>
+      </c>
+      <c r="M32" t="s">
         <v>47</v>
       </c>
-      <c r="J32" t="s">
+      <c r="N32" t="s">
+        <v>37</v>
+      </c>
+      <c r="O32" t="s">
+        <v>212</v>
+      </c>
+      <c r="P32" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>214</v>
+      </c>
+      <c r="B33" t="s">
+        <v>215</v>
+      </c>
+      <c r="C33" t="s">
+        <v>216</v>
+      </c>
+      <c r="D33" t="s">
+        <v>217</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...31 lines deleted...]
-      <c r="G33">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2008</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2024</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
+        <v>207</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>219</v>
+      </c>
+      <c r="N33" t="s">
+        <v>220</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" t="s">
+        <v>42</v>
+      </c>
+      <c r="D34" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...31 lines deleted...]
-      <c r="G34">
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
         <v>2020</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
+        <v>45</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>52</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>37</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35" t="s">
+        <v>43</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
+      <c r="G35" t="s">
+        <v>8</v>
+      </c>
+      <c r="H35">
+        <v>1989</v>
+      </c>
+      <c r="I35">
+        <v>2025</v>
+      </c>
+      <c r="J35" t="s">
+        <v>229</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>230</v>
+      </c>
+      <c r="M35" t="s">
+        <v>219</v>
+      </c>
+      <c r="N35" t="s">
+        <v>37</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>45</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>52</v>
+      </c>
+      <c r="M36" t="s">
+        <v>224</v>
+      </c>
+      <c r="N36" t="s">
+        <v>37</v>
+      </c>
+      <c r="O36" t="s">
+        <v>235</v>
+      </c>
+      <c r="P36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" t="s">
+        <v>238</v>
+      </c>
+      <c r="C37" t="s">
+        <v>239</v>
+      </c>
+      <c r="D37" t="s">
+        <v>240</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>193</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>241</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M37" t="s">
+        <v>243</v>
+      </c>
+      <c r="N37" t="s">
+        <v>37</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>239</v>
+      </c>
+      <c r="D38" t="s">
+        <v>248</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>241</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>37</v>
+      </c>
+      <c r="O38" t="s">
+        <v>250</v>
+      </c>
+      <c r="P38" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" t="s">
+        <v>75</v>
+      </c>
+      <c r="F39" t="s">
+        <v>76</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>135</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>137</v>
+      </c>
+      <c r="N39" t="s">
+        <v>37</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>134</v>
+      </c>
+      <c r="D40" t="s">
         <v>43</v>
       </c>
-      <c r="L34" t="s">
-[...82 lines deleted...]
-      <c r="K36" t="s">
+      <c r="E40" t="s">
+        <v>75</v>
+      </c>
+      <c r="F40" t="s">
+        <v>76</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>135</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>148</v>
+      </c>
+      <c r="N40" t="s">
+        <v>37</v>
+      </c>
+      <c r="O40" t="s">
+        <v>258</v>
+      </c>
+      <c r="P40" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>260</v>
+      </c>
+      <c r="B41" t="s">
+        <v>261</v>
+      </c>
+      <c r="C41" t="s">
+        <v>262</v>
+      </c>
+      <c r="D41" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>193</v>
+      </c>
+      <c r="G41" t="s">
+        <v>44</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>263</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>264</v>
+      </c>
+      <c r="M41" t="s">
+        <v>265</v>
+      </c>
+      <c r="N41" t="s">
+        <v>37</v>
+      </c>
+      <c r="O41" t="s">
+        <v>266</v>
+      </c>
+      <c r="P41" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" t="s">
         <v>43</v>
       </c>
-      <c r="L36" t="s">
-[...233 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>76</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-        <v>189</v>
+      <c r="I42">
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
+        <v>270</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>186</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" t="s">
+        <v>271</v>
+      </c>
+      <c r="P42" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>273</v>
+      </c>
+      <c r="B43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C43" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" t="s">
+        <v>75</v>
+      </c>
+      <c r="F43" t="s">
+        <v>76</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>128</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>186</v>
+      </c>
+      <c r="N43" t="s">
+        <v>37</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>278</v>
+      </c>
+      <c r="D44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K42"/>
-[...38 lines deleted...]
-      <c r="J43" t="s">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>279</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>280</v>
+      </c>
+      <c r="N44" t="s">
+        <v>37</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>276</v>
+      </c>
+      <c r="B45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
+        <v>43</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K43"/>
-[...11 lines deleted...]
-      <c r="A44" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>279</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>280</v>
+      </c>
+      <c r="N45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O45" t="s">
+        <v>284</v>
+      </c>
+      <c r="P45" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B46" t="s">
+        <v>287</v>
+      </c>
+      <c r="C46" t="s">
+        <v>278</v>
+      </c>
+      <c r="D46" t="s">
+        <v>43</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>201</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>280</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" t="s">
+        <v>288</v>
+      </c>
+      <c r="P46" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>290</v>
+      </c>
+      <c r="B47" t="s">
+        <v>291</v>
+      </c>
+      <c r="C47" t="s">
+        <v>292</v>
+      </c>
+      <c r="D47" t="s">
+        <v>64</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>293</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>294</v>
+      </c>
+      <c r="N47" t="s">
+        <v>37</v>
+      </c>
+      <c r="O47" t="s">
+        <v>295</v>
+      </c>
+      <c r="P47" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>297</v>
+      </c>
+      <c r="B48" t="s">
+        <v>298</v>
+      </c>
+      <c r="C48" t="s">
+        <v>292</v>
+      </c>
+      <c r="D48" t="s">
+        <v>43</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>44</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>293</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>294</v>
+      </c>
+      <c r="N48" t="s">
+        <v>37</v>
+      </c>
+      <c r="O48" t="s">
+        <v>299</v>
+      </c>
+      <c r="P48" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>300</v>
+      </c>
+      <c r="B49" t="s">
+        <v>301</v>
+      </c>
+      <c r="C49" t="s">
+        <v>302</v>
+      </c>
+      <c r="D49" t="s">
+        <v>303</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>193</v>
       </c>
-      <c r="B44" t="s">
-[...17 lines deleted...]
-      <c r="H44">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49">
+        <v>2024</v>
+      </c>
+      <c r="J49" t="s">
+        <v>304</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>305</v>
+      </c>
+      <c r="M49" t="s">
+        <v>306</v>
+      </c>
+      <c r="N49" t="s">
+        <v>37</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>302</v>
+      </c>
+      <c r="D50" t="s">
+        <v>64</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>193</v>
+      </c>
+      <c r="G50" t="s">
+        <v>44</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>164</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>311</v>
+      </c>
+      <c r="M50" t="s">
+        <v>312</v>
+      </c>
+      <c r="N50" t="s">
+        <v>37</v>
+      </c>
+      <c r="O50" t="s">
+        <v>313</v>
+      </c>
+      <c r="P50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51" t="s">
+        <v>134</v>
+      </c>
+      <c r="D51" t="s">
+        <v>64</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>44</v>
+      </c>
+      <c r="H51">
         <v>2020</v>
       </c>
-      <c r="I44" t="s">
-[...2 lines deleted...]
-      <c r="J44" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>164</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>137</v>
+      </c>
+      <c r="N51" t="s">
+        <v>37</v>
+      </c>
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>302</v>
+      </c>
+      <c r="D52" t="s">
+        <v>320</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>193</v>
+      </c>
+      <c r="G52" t="s">
+        <v>44</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>164</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>306</v>
+      </c>
+      <c r="N52" t="s">
+        <v>37</v>
+      </c>
+      <c r="O52" t="s">
+        <v>321</v>
+      </c>
+      <c r="P52" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>325</v>
+      </c>
+      <c r="D53" t="s">
+        <v>64</v>
+      </c>
+      <c r="E53" t="s">
+        <v>75</v>
+      </c>
+      <c r="F53" t="s">
+        <v>326</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>327</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>328</v>
+      </c>
+      <c r="N53" t="s">
+        <v>37</v>
+      </c>
+      <c r="O53" t="s">
+        <v>329</v>
+      </c>
+      <c r="P53" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>331</v>
+      </c>
+      <c r="B54" t="s">
+        <v>332</v>
+      </c>
+      <c r="C54" t="s">
+        <v>333</v>
+      </c>
+      <c r="D54" t="s">
+        <v>334</v>
+      </c>
+      <c r="E54" t="s">
+        <v>75</v>
+      </c>
+      <c r="F54" t="s">
+        <v>193</v>
+      </c>
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>279</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>335</v>
+      </c>
+      <c r="M54" t="s">
+        <v>336</v>
+      </c>
+      <c r="N54" t="s">
+        <v>37</v>
+      </c>
+      <c r="O54" t="s">
+        <v>337</v>
+      </c>
+      <c r="P54" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>339</v>
+      </c>
+      <c r="B55" t="s">
+        <v>340</v>
+      </c>
+      <c r="C55" t="s">
+        <v>341</v>
+      </c>
+      <c r="D55" t="s">
+        <v>163</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>193</v>
+      </c>
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55">
+        <v>2024</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>342</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>343</v>
+      </c>
+      <c r="M55" t="s">
+        <v>344</v>
+      </c>
+      <c r="N55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O55" t="s">
+        <v>345</v>
+      </c>
+      <c r="P55" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>349</v>
+      </c>
+      <c r="D56" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...11 lines deleted...]
-      <c r="A45" t="s">
+      <c r="G56" t="s">
+        <v>44</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>241</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>350</v>
+      </c>
+      <c r="M56" t="s">
+        <v>351</v>
+      </c>
+      <c r="N56" t="s">
+        <v>37</v>
+      </c>
+      <c r="O56" t="s">
+        <v>352</v>
+      </c>
+      <c r="P56" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B57" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" t="s">
+        <v>356</v>
+      </c>
+      <c r="D57" t="s">
+        <v>357</v>
+      </c>
+      <c r="E57" t="s">
+        <v>358</v>
+      </c>
+      <c r="F57" t="s">
         <v>193</v>
       </c>
-      <c r="B45" t="s">
-[...23 lines deleted...]
-      <c r="J45" t="s">
+      <c r="G57" t="s">
+        <v>127</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>359</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57"/>
+      <c r="N57" t="s">
+        <v>37</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>362</v>
+      </c>
+      <c r="B58" t="s">
+        <v>363</v>
+      </c>
+      <c r="C58" t="s">
+        <v>364</v>
+      </c>
+      <c r="D58" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" t="s">
+        <v>75</v>
+      </c>
+      <c r="F58" t="s">
+        <v>76</v>
+      </c>
+      <c r="G58" t="s">
+        <v>44</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>365</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>366</v>
+      </c>
+      <c r="N58" t="s">
+        <v>37</v>
+      </c>
+      <c r="O58" t="s">
+        <v>367</v>
+      </c>
+      <c r="P58" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>369</v>
+      </c>
+      <c r="B59" t="s">
+        <v>370</v>
+      </c>
+      <c r="C59" t="s">
+        <v>371</v>
+      </c>
+      <c r="D59" t="s">
+        <v>43</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>44</v>
+      </c>
+      <c r="H59">
+        <v>2014</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>185</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>372</v>
+      </c>
+      <c r="N59" t="s">
+        <v>37</v>
+      </c>
+      <c r="O59" t="s">
+        <v>373</v>
+      </c>
+      <c r="P59" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>375</v>
+      </c>
+      <c r="B60" t="s">
+        <v>376</v>
+      </c>
+      <c r="C60" t="s">
+        <v>377</v>
+      </c>
+      <c r="D60" t="s">
+        <v>378</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>193</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>263</v>
+      </c>
+      <c r="K60" t="s">
+        <v>379</v>
+      </c>
+      <c r="L60" t="s">
+        <v>380</v>
+      </c>
+      <c r="M60" t="s">
+        <v>381</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>382</v>
+      </c>
+      <c r="P60" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>384</v>
+      </c>
+      <c r="B61" t="s">
+        <v>385</v>
+      </c>
+      <c r="C61" t="s">
+        <v>184</v>
+      </c>
+      <c r="D61" t="s">
+        <v>64</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>386</v>
+      </c>
+      <c r="G61" t="s">
+        <v>8</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2024</v>
+      </c>
+      <c r="J61" t="s">
+        <v>387</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>388</v>
+      </c>
+      <c r="M61" t="s">
+        <v>389</v>
+      </c>
+      <c r="N61" t="s">
+        <v>37</v>
+      </c>
+      <c r="O61" t="s">
+        <v>390</v>
+      </c>
+      <c r="P61" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>392</v>
+      </c>
+      <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>349</v>
+      </c>
+      <c r="D62" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>75</v>
+      </c>
+      <c r="F62" t="s">
+        <v>76</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2014</v>
+      </c>
+      <c r="J62" t="s">
+        <v>185</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>394</v>
+      </c>
+      <c r="M62" t="s">
+        <v>395</v>
+      </c>
+      <c r="N62" t="s">
+        <v>37</v>
+      </c>
+      <c r="O62" t="s">
+        <v>396</v>
+      </c>
+      <c r="P62" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>398</v>
+      </c>
+      <c r="B63" t="s">
+        <v>399</v>
+      </c>
+      <c r="C63" t="s">
+        <v>349</v>
+      </c>
+      <c r="D63" t="s">
+        <v>43</v>
+      </c>
+      <c r="E63" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" t="s">
+        <v>76</v>
+      </c>
+      <c r="G63" t="s">
+        <v>44</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>185</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>400</v>
+      </c>
+      <c r="M63" t="s">
+        <v>395</v>
+      </c>
+      <c r="N63" t="s">
+        <v>37</v>
+      </c>
+      <c r="O63" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63"/>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>402</v>
+      </c>
+      <c r="B64" t="s">
+        <v>403</v>
+      </c>
+      <c r="C64" t="s">
+        <v>404</v>
+      </c>
+      <c r="D64" t="s">
+        <v>405</v>
+      </c>
+      <c r="E64" t="s">
+        <v>75</v>
+      </c>
+      <c r="F64" t="s">
+        <v>76</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2012</v>
+      </c>
+      <c r="I64">
+        <v>2017</v>
+      </c>
+      <c r="J64" t="s">
+        <v>279</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>406</v>
+      </c>
+      <c r="N64" t="s">
+        <v>37</v>
+      </c>
+      <c r="O64" t="s">
+        <v>407</v>
+      </c>
+      <c r="P64" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>409</v>
+      </c>
+      <c r="B65" t="s">
+        <v>410</v>
+      </c>
+      <c r="C65" t="s">
+        <v>349</v>
+      </c>
+      <c r="D65" t="s">
+        <v>43</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K45"/>
-[...36 lines deleted...]
-      <c r="J46" t="s">
+      <c r="G65" t="s">
+        <v>44</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>365</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>411</v>
+      </c>
+      <c r="M65" t="s">
+        <v>351</v>
+      </c>
+      <c r="N65" t="s">
+        <v>37</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>112</v>
+      </c>
+      <c r="D66" t="s">
+        <v>43</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-[...36 lines deleted...]
-      <c r="J47" t="s">
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66">
+        <v>2019</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>416</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>114</v>
+      </c>
+      <c r="N66" t="s">
+        <v>37</v>
+      </c>
+      <c r="O66" t="s">
+        <v>417</v>
+      </c>
+      <c r="P66" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>419</v>
+      </c>
+      <c r="B67" t="s">
+        <v>420</v>
+      </c>
+      <c r="C67" t="s">
+        <v>112</v>
+      </c>
+      <c r="D67" t="s">
+        <v>64</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K47"/>
-[...816 lines deleted...]
-        <v>2015</v>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2015</v>
       </c>
-      <c r="I67" t="s">
-        <v>88</v>
+      <c r="I67">
+        <v>2015</v>
       </c>
       <c r="J67" t="s">
+        <v>121</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>114</v>
+      </c>
+      <c r="N67" t="s">
+        <v>37</v>
+      </c>
+      <c r="O67" t="s">
+        <v>421</v>
+      </c>
+      <c r="P67" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>423</v>
+      </c>
+      <c r="B68" t="s">
+        <v>424</v>
+      </c>
+      <c r="C68" t="s">
+        <v>325</v>
+      </c>
+      <c r="D68" t="s">
+        <v>64</v>
+      </c>
+      <c r="E68" t="s">
+        <v>75</v>
+      </c>
+      <c r="F68" t="s">
+        <v>76</v>
+      </c>
+      <c r="G68" t="s">
+        <v>44</v>
+      </c>
+      <c r="H68">
+        <v>2012</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>327</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>425</v>
+      </c>
+      <c r="M68" t="s">
+        <v>426</v>
+      </c>
+      <c r="N68" t="s">
+        <v>37</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>429</v>
+      </c>
+      <c r="B69" t="s">
+        <v>430</v>
+      </c>
+      <c r="C69" t="s">
+        <v>325</v>
+      </c>
+      <c r="D69" t="s">
+        <v>64</v>
+      </c>
+      <c r="E69" t="s">
+        <v>75</v>
+      </c>
+      <c r="F69" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69">
+        <v>2019</v>
+      </c>
+      <c r="J69" t="s">
+        <v>241</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>431</v>
+      </c>
+      <c r="M69" t="s">
+        <v>432</v>
+      </c>
+      <c r="N69" t="s">
+        <v>37</v>
+      </c>
+      <c r="O69" t="s">
+        <v>433</v>
+      </c>
+      <c r="P69" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>435</v>
+      </c>
+      <c r="B70" t="s">
+        <v>436</v>
+      </c>
+      <c r="C70" t="s">
+        <v>437</v>
+      </c>
+      <c r="D70" t="s">
+        <v>64</v>
+      </c>
+      <c r="E70" t="s">
+        <v>75</v>
+      </c>
+      <c r="F70" t="s">
+        <v>76</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2001</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>279</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>438</v>
+      </c>
+      <c r="M70" t="s">
+        <v>439</v>
+      </c>
+      <c r="N70" t="s">
+        <v>37</v>
+      </c>
+      <c r="O70" t="s">
+        <v>440</v>
+      </c>
+      <c r="P70" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>442</v>
+      </c>
+      <c r="B71" t="s">
+        <v>443</v>
+      </c>
+      <c r="C71" t="s">
+        <v>325</v>
+      </c>
+      <c r="D71" t="s">
+        <v>444</v>
+      </c>
+      <c r="E71" t="s">
+        <v>75</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-[...159 lines deleted...]
-      <c r="G71">
+      <c r="G71" t="s">
+        <v>44</v>
+      </c>
+      <c r="H71">
         <v>2013</v>
       </c>
-      <c r="H71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>32</v>
+        <v>445</v>
       </c>
       <c r="N71" t="s">
-        <v>311</v>
+        <v>37</v>
+      </c>
+      <c r="O71" t="s">
+        <v>446</v>
+      </c>
+      <c r="P71" t="s">
+        <v>447</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>