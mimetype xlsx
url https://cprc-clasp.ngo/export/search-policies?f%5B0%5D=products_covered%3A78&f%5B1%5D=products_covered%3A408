--- v1 (2025-11-28)
+++ v2 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,72 +104,108 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
     <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
@@ -597,53 +633,50 @@
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
     <t>Electric rice cookers</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
@@ -714,50 +747,53 @@
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
@@ -940,83 +976,50 @@
     <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
@@ -1073,51 +1076,51 @@
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
@@ -1786,51 +1789,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1906,3352 +1909,3350 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H7">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H8">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
         <v>74</v>
       </c>
-      <c r="C9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
       <c r="J9" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H10">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
         <v>85</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
         <v>86</v>
       </c>
-      <c r="C11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
         <v>87</v>
       </c>
-      <c r="M11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E13" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H13">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="M13" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G15" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H15">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
       <c r="J15" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>55</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
       <c r="M16" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
-        <v>119</v>
+        <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H17">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>130</v>
       </c>
       <c r="G18" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="E19" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F19" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="G19" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G20" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="M20" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" t="s">
+        <v>86</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>145</v>
       </c>
-      <c r="B21" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
         <v>147</v>
       </c>
-      <c r="M21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="E22" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="M22" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F23" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
+        <v>163</v>
+      </c>
+      <c r="M23" t="s">
         <v>158</v>
       </c>
-      <c r="M23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D24" t="s">
-        <v>163</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F24" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G24" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
       <c r="J24" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="M24" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="E25" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F25" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G25" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H25">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="M25" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>144</v>
+      </c>
+      <c r="D26" t="s">
         <v>173</v>
       </c>
-      <c r="B26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F26" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G26" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="E27" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F27" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M27" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B28" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>144</v>
       </c>
       <c r="D28" t="s">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J28" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
       <c r="M28" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B29" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C29" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D29" t="s">
-        <v>192</v>
+        <v>74</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>193</v>
+        <v>44</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I29">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="K29" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D30" t="s">
-        <v>64</v>
+        <v>202</v>
       </c>
       <c r="E30" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="I30">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>201</v>
+        <v>174</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>63</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>42</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G31" t="s">
-        <v>206</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="I31">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="J31" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>215</v>
       </c>
       <c r="H32">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="I32">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="J32" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="M32" t="s">
-        <v>47</v>
+        <v>217</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B33" t="s">
-        <v>215</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>216</v>
+        <v>52</v>
       </c>
       <c r="D33" t="s">
-        <v>217</v>
+        <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I33">
-        <v>2024</v>
+        <v>2005</v>
       </c>
       <c r="J33" t="s">
-        <v>207</v>
+        <v>68</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>218</v>
+        <v>56</v>
       </c>
       <c r="M33" t="s">
-        <v>219</v>
+        <v>57</v>
       </c>
       <c r="N33" t="s">
-        <v>220</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
         <v>221</v>
       </c>
       <c r="P33" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>223</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>224</v>
       </c>
       <c r="C34" t="s">
-        <v>42</v>
+        <v>225</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
       <c r="J34" t="s">
-        <v>45</v>
+        <v>216</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>52</v>
+        <v>227</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="N34" t="s">
-        <v>37</v>
+        <v>229</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>61</v>
       </c>
       <c r="C35" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>8</v>
+        <v>233</v>
       </c>
       <c r="H35">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>229</v>
+        <v>55</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>230</v>
+        <v>62</v>
       </c>
       <c r="M35" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P35" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B36" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C36" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D36" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H36">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>1989</v>
+      </c>
+      <c r="I36">
+        <v>2025</v>
+      </c>
       <c r="J36" t="s">
-        <v>45</v>
+        <v>239</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>52</v>
+        <v>240</v>
       </c>
       <c r="M36" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="P36" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="B37" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C37" t="s">
-        <v>239</v>
+        <v>52</v>
       </c>
       <c r="D37" t="s">
-        <v>240</v>
+        <v>67</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H37">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>241</v>
+        <v>55</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>242</v>
+        <v>62</v>
       </c>
       <c r="M37" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2009</v>
       </c>
       <c r="I38">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J38" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M38" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O38" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>249</v>
       </c>
       <c r="D39" t="s">
-        <v>64</v>
+        <v>258</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I39">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J39" t="s">
-        <v>135</v>
+        <v>251</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39"/>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
       <c r="M39" t="s">
-        <v>137</v>
+        <v>253</v>
       </c>
       <c r="N39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O39" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="P39" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="E40" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F40" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G40" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
       <c r="J40" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="P40" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B41" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C41" t="s">
-        <v>262</v>
+        <v>144</v>
       </c>
       <c r="D41" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F41" t="s">
-        <v>193</v>
+        <v>86</v>
       </c>
       <c r="G41" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H41">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>263</v>
+        <v>145</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P41" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B42" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C42" t="s">
-        <v>184</v>
+        <v>272</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="E42" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H42">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>274</v>
+      </c>
       <c r="M42" t="s">
-        <v>186</v>
+        <v>275</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="P42" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B43" t="s">
-        <v>43</v>
+        <v>279</v>
       </c>
       <c r="C43" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F43" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I43">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>128</v>
+        <v>280</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="N43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="P43" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B44" t="s">
-        <v>277</v>
+        <v>53</v>
       </c>
       <c r="C44" t="s">
-        <v>278</v>
+        <v>194</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I44">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J44" t="s">
-        <v>279</v>
+        <v>138</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>280</v>
+        <v>196</v>
       </c>
       <c r="N44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O44" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="B45" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C45" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="D45" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2016</v>
       </c>
       <c r="I45">
         <v>2020</v>
       </c>
       <c r="J45" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="N45" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="P45" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>286</v>
       </c>
       <c r="B46" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="C46" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
-      <c r="I46"/>
+      <c r="I46">
+        <v>2020</v>
+      </c>
       <c r="J46" t="s">
-        <v>201</v>
+        <v>289</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="N46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O46" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="P46" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B47" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="C47" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="D47" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G47" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H47">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>293</v>
+        <v>210</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="N47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O47" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="P47" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B48" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C48" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H48">
         <v>2022</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="N48" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O48" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="P48" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C49" t="s">
         <v>302</v>
       </c>
       <c r="D49" t="s">
-        <v>303</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
-      <c r="I49">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
+        <v>303</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
         <v>304</v>
       </c>
-      <c r="K49" t="s">
-[...5 lines deleted...]
-      <c r="M49" t="s">
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49" t="s">
         <v>306</v>
-      </c>
-[...7 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B50" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C50" t="s">
-        <v>302</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G50" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="N50" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B51"/>
       <c r="C51" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D51" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N51" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O51" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="P51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B52" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C52" t="s">
-        <v>302</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>306</v>
+        <v>37</v>
       </c>
       <c r="N52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O52" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B53" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C53" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D53" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E53" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F53" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G53" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H53">
         <v>2009</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N53" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E54" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F54" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G54" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D55" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G55" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H55">
         <v>2024</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M55" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B56" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C56" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D56" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C57" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F57" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G57" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E58" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F58" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G58" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H58">
         <v>2018</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O58" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P58" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B59" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C59" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G59" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H59">
         <v>2014</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60">
         <v>2021</v>
       </c>
       <c r="J60" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="K60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="L60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C61" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="D61" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="G61" t="s">
         <v>8</v>
       </c>
       <c r="H61">
         <v>2004</v>
       </c>
       <c r="I61">
         <v>2024</v>
       </c>
       <c r="J61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M61" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N61" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O61" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="P61" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C62" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D62" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E62" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F62" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62">
         <v>2014</v>
       </c>
       <c r="J62" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M62" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N62" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O62" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P62" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C63" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D63" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E63" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F63" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G63" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H63">
         <v>2013</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N63" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O63" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P63"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D64" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E64" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F64" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2017</v>
       </c>
       <c r="J64" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="N64" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="P64" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C65" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D65" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="M65" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N65" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O65" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P65" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C66" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="D66" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H66">
         <v>2019</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N66" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P66" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C67" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="D67" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2015</v>
       </c>
       <c r="I67">
         <v>2015</v>
       </c>
       <c r="J67" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N67" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O67" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P67" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B68" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C68" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D68" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E68" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F68" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G68" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M68" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="N68" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O68" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P68" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C69" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D69" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E69" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F69" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="M69" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="N69" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O69" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P69" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B70" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C70" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D70" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E70" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F70" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2001</v>
       </c>
       <c r="I70">
         <v>2020</v>
       </c>
       <c r="J70" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M70" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N70" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O70" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P70" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B71" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C71" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D71" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E71" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H71">
         <v>2013</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N71" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O71" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P71" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">