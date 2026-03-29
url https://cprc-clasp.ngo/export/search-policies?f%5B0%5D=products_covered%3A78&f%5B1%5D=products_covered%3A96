--- v0 (2025-12-13)
+++ v1 (2026-03-29)
@@ -719,69 +719,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
@@ -2985,51 +2985,51 @@
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>221</v>
       </c>
       <c r="B31" t="s">
         <v>222</v>
       </c>
       <c r="C31" t="s">
         <v>223</v>
       </c>
       <c r="D31" t="s">
         <v>224</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>33</v>
       </c>
       <c r="G31" t="s">
         <v>34</v>
       </c>
       <c r="H31">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>225</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>226</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>227</v>
       </c>
       <c r="P31" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>229</v>