--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,233 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -502,321 +533,354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="98" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="356.199" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2012</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H3">
-[...22 lines deleted...]
-      <c r="A4" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...33 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
         <v>40</v>
       </c>
-    </row>
-[...39 lines deleted...]
-        <v>47</v>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>