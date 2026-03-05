--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -645,67 +645,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -859,50 +859,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -3148,222 +3151,222 @@
       </c>
       <c r="P38" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>276</v>
       </c>
       <c r="B39" t="s">
         <v>277</v>
       </c>
       <c r="C39" t="s">
         <v>221</v>
       </c>
       <c r="D39" t="s">
         <v>278</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>92</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>279</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2007</v>
       </c>
       <c r="J39" t="s">
         <v>198</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M39" t="s">
         <v>224</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C40" t="s">
         <v>221</v>
       </c>
       <c r="D40" t="s">
         <v>264</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2008</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>198</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M40" t="s">
         <v>224</v>
       </c>
       <c r="N40" t="s">
         <v>36</v>
       </c>
       <c r="O40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>92</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2016</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>144</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
         <v>93</v>
       </c>
       <c r="M41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>92</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
         <v>62</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">