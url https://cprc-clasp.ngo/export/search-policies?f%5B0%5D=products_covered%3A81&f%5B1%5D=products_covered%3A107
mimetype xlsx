--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -12,328 +12,390 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -597,529 +659,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L8" t="s">
         <v>25</v>
       </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...275 lines deleted...]
-      </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>90</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>