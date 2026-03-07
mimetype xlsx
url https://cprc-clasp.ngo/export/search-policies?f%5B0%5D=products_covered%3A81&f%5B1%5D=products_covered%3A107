--- v1 (2025-11-30)
+++ v2 (2026-03-07)
@@ -139,51 +139,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>Heating controls products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
@@ -206,78 +206,78 @@
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
@@ -673,51 +673,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -954,101 +954,101 @@
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>63</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>39</v>
       </c>
       <c r="O7" t="s">
         <v>74</v>
       </c>
       <c r="P7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>76</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>