--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -172,93 +172,93 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
@@ -757,51 +757,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -983,110 +983,110 @@
       </c>
       <c r="P4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>55</v>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>67</v>
       </c>
       <c r="N6" t="s">
         <v>50</v>
       </c>
       <c r="O6" t="s">
         <v>68</v>
       </c>
       <c r="P6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>70</v>
       </c>
       <c r="B7" t="s">
         <v>71</v>
       </c>