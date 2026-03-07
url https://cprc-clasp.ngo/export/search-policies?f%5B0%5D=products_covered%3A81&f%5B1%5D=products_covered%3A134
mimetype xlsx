--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,397 +12,485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -666,705 +754,792 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>74</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>51</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>92</v>
+      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>48</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>104</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>105</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>106</v>
+      </c>
+      <c r="M11" t="s">
+        <v>107</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>108</v>
+      </c>
+      <c r="P11" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C12" t="s">
+        <v>112</v>
+      </c>
+      <c r="D12" t="s">
+        <v>113</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>114</v>
+      </c>
+      <c r="M12" t="s">
+        <v>115</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>116</v>
+      </c>
+      <c r="P12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>121</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...57 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>126</v>
+      </c>
+      <c r="G14" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14" t="s">
+        <v>128</v>
+      </c>
+      <c r="N14" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...440 lines deleted...]
-        <v>101</v>
+      <c r="O14" t="s">
+        <v>129</v>
+      </c>
+      <c r="P14" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>