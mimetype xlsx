--- v0 (2025-11-26)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -196,125 +196,125 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>November 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
     <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
@@ -452,50 +452,53 @@
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -987,51 +990,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1305,110 +1308,110 @@
       </c>
       <c r="P6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>73</v>
       </c>
       <c r="D7" t="s">
         <v>74</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2015</v>
       </c>
       <c r="J7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N7" t="s">
         <v>46</v>
       </c>
       <c r="O7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C8" t="s">
         <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>85</v>
       </c>
       <c r="N8" t="s">
         <v>58</v>
       </c>
       <c r="O8" t="s">
         <v>86</v>
       </c>
       <c r="P8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>88</v>
       </c>
       <c r="B9" t="s">
         <v>89</v>
       </c>
@@ -1783,466 +1786,466 @@
       <c r="O16" t="s">
         <v>143</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="H17">
         <v>1997</v>
       </c>
       <c r="I17">
         <v>2005</v>
       </c>
       <c r="J17" t="s">
         <v>35</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2004</v>
       </c>
       <c r="I18">
         <v>2025</v>
       </c>
       <c r="J18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
         <v>46</v>
       </c>
       <c r="O18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>43</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>35</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>65</v>
       </c>
       <c r="G20" t="s">
         <v>43</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M20" t="s">
         <v>45</v>
       </c>
       <c r="N20" t="s">
         <v>46</v>
       </c>
       <c r="O20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D21" t="s">
         <v>42</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>93</v>
       </c>
       <c r="G21" t="s">
         <v>43</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="N21" t="s">
         <v>46</v>
       </c>
       <c r="O21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E22" t="s">
         <v>92</v>
       </c>
       <c r="F22" t="s">
         <v>93</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22">
         <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N22" t="s">
         <v>46</v>
       </c>
       <c r="O22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="F23" t="s">
         <v>114</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1999</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N23" t="s">
         <v>46</v>
       </c>
       <c r="O23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P23" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>114</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
         <v>46</v>
       </c>
       <c r="O24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>93</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25">
         <v>2016</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>46</v>
       </c>
       <c r="O25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">