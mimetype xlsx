--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -12,359 +12,429 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -628,621 +698,694 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>50</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>88</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>88</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>84</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>106</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...415 lines deleted...]
-        <v>88</v>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>