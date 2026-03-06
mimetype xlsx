--- v1 (2025-11-28)
+++ v2 (2026-03-06)
@@ -172,127 +172,127 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
@@ -712,51 +712,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -992,239 +992,239 @@
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>50</v>
       </c>
       <c r="O8" t="s">
         <v>79</v>
       </c>
       <c r="P8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>84</v>
       </c>
       <c r="H9">
         <v>2022</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
         <v>86</v>
       </c>
       <c r="M9" t="s">
         <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>88</v>
       </c>
       <c r="O9" t="s">
         <v>89</v>
       </c>
       <c r="P9" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>91</v>
       </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>83</v>
       </c>
       <c r="D10" t="s">
         <v>93</v>
       </c>
       <c r="E10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>84</v>
       </c>
       <c r="H10">
         <v>2022</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
         <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>88</v>
@@ -1272,51 +1272,51 @@
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>101</v>
       </c>
       <c r="P11" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>103</v>
       </c>
       <c r="B12" t="s">
         <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>105</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>106</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
         <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>108</v>
       </c>
       <c r="M12" t="s">
         <v>109</v>
       </c>