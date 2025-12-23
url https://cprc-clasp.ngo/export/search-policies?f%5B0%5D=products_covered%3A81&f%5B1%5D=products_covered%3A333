--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -322,126 +322,126 @@
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
     <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
@@ -1101,51 +1101,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1815,110 +1815,110 @@
       </c>
       <c r="P14" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>114</v>
       </c>
       <c r="B15" t="s">
         <v>115</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>116</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="H15">
         <v>2008</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
         <v>46</v>
       </c>
       <c r="N15" t="s">
         <v>79</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>126</v>
       </c>
       <c r="N16" t="s">
         <v>98</v>
       </c>
       <c r="O16" t="s">
         <v>127</v>
       </c>
       <c r="P16" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>