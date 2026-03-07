--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -496,51 +496,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
@@ -608,86 +608,89 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>November 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
@@ -767,67 +770,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -957,50 +960,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
@@ -1363,51 +1369,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2613,984 +2619,984 @@
       </c>
       <c r="P25" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>194</v>
       </c>
       <c r="B26" t="s">
         <v>195</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26" t="s">
         <v>196</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>62</v>
+        <v>198</v>
       </c>
       <c r="K26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="L26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M26" t="s">
         <v>57</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
         <v>51</v>
       </c>
       <c r="C27" t="s">
         <v>52</v>
       </c>
       <c r="D27" t="s">
         <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>54</v>
       </c>
       <c r="H27">
         <v>2020</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>55</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
         <v>56</v>
       </c>
       <c r="M27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P27" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C28" t="s">
         <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>8</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2025</v>
       </c>
       <c r="J28" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N28" t="s">
         <v>158</v>
       </c>
       <c r="O28" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D29" t="s">
         <v>152</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>54</v>
       </c>
       <c r="H29">
         <v>2022</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K29" t="s">
         <v>155</v>
       </c>
       <c r="L29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="O29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30">
         <v>2022</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K30" t="s">
         <v>155</v>
       </c>
       <c r="L30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="O30" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P30" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D31" t="s">
         <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M31" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N31" t="s">
         <v>36</v>
       </c>
       <c r="O31" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P31" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D32" t="s">
         <v>53</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>153</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M32" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P32" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C33" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
         <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>153</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P34" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C35" t="s">
         <v>187</v>
       </c>
       <c r="D35" t="s">
         <v>81</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>188</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P35" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D36" t="s">
         <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>92</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2006</v>
       </c>
       <c r="I36">
         <v>2025</v>
       </c>
       <c r="J36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P36" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>92</v>
       </c>
       <c r="G37" t="s">
         <v>101</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
         <v>93</v>
       </c>
       <c r="M37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P37" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1982</v>
       </c>
       <c r="I38">
         <v>2024</v>
       </c>
       <c r="J38" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="O38" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P38" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D39" t="s">
         <v>53</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
         <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P39" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C40" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D40" t="s">
         <v>81</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>92</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2019</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>83</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P40" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D41" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2018</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>44</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P41" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C42" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D42" t="s">
         <v>81</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>92</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2004</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>135</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P42" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B43" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C43" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D43" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>92</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>312</v>
       </c>
       <c r="H43">
         <v>2002</v>
       </c>
       <c r="I43">
         <v>2007</v>
       </c>
       <c r="J43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P43" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B44" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C44" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D44" t="s">
         <v>91</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>92</v>
       </c>
       <c r="G44" t="s">
         <v>54</v>
       </c>
       <c r="H44">
         <v>2016</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>144</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
         <v>93</v>
       </c>
       <c r="M44" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P44" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B45" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C45" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>92</v>
       </c>
       <c r="G45" t="s">
         <v>54</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45">
         <v>2019</v>
       </c>
       <c r="J45" t="s">
         <v>62</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="P45" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">