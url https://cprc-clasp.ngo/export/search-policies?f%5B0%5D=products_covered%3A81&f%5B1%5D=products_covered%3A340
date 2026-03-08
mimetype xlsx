--- v0 (2025-11-30)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -298,132 +298,135 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
     <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
@@ -900,51 +903,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="159.104" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1466,468 +1469,468 @@
       </c>
       <c r="P11" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>105</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>86</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="K12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
         <v>37</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>86</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>50</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>86</v>
       </c>
       <c r="G14" t="s">
         <v>8</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N14" t="s">
         <v>92</v>
       </c>
       <c r="O14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>99</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>86</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16">
         <v>2017</v>
       </c>
       <c r="J16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D17" t="s">
         <v>85</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>34</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K17" t="s">
         <v>89</v>
       </c>
       <c r="L17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K18" t="s">
         <v>89</v>
       </c>
       <c r="L18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>99</v>
       </c>
       <c r="G19" t="s">
         <v>34</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>99</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="L20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="N20" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="O20" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P20" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">