--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,394 +12,480 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -663,699 +749,786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
         <v>25</v>
       </c>
-      <c r="G3">
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>100</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>103</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
         <v>2013</v>
       </c>
-      <c r="H3">
-[...12 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>119</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P13" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...90 lines deleted...]
-      <c r="F6" t="s">
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" t="s">
         <v>25</v>
       </c>
-      <c r="G6">
-[...363 lines deleted...]
-        <v>100</v>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>