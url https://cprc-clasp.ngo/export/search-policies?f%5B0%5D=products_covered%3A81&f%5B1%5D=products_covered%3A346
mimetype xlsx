--- v1 (2025-11-27)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -173,162 +173,165 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Infrared gas stove</t>
+  </si>
+  <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
+  </si>
+  <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, LPG Stoves</t>
+  </si>
+  <si>
+    <t>TIS 2312-2549</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
+    <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
+  </si>
+  <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
     <t>June 2021</t>
-  </si>
-[...94 lines deleted...]
-    <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -763,51 +766,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1031,110 +1034,110 @@
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>55</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>55</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>67</v>
       </c>
       <c r="N7" t="s">
         <v>50</v>
       </c>
       <c r="O7" t="s">
         <v>68</v>
       </c>
       <c r="P7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
@@ -1234,265 +1237,265 @@
       <c r="B10" t="s">
         <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>89</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G11" t="s">
         <v>30</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11">
         <v>2021</v>
       </c>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>25</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
         <v>25</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>25</v>
       </c>
       <c r="O14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">