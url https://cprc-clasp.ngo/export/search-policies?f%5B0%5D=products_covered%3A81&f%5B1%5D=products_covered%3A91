--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -283,51 +283,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
@@ -337,90 +337,93 @@
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
     <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
     <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
   </si>
   <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
@@ -993,51 +996,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1613,884 +1616,884 @@
       </c>
       <c r="P12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>104</v>
       </c>
       <c r="B13" t="s">
         <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>63</v>
       </c>
       <c r="F13" t="s">
         <v>81</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>107</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>63</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="F15" t="s">
         <v>81</v>
       </c>
       <c r="G15" t="s">
         <v>8</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2025</v>
       </c>
       <c r="J15" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>87</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>39</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>41</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>39</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>41</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
         <v>71</v>
       </c>
       <c r="D18" t="s">
         <v>80</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>64</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K18" t="s">
         <v>84</v>
       </c>
       <c r="L18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>64</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
         <v>84</v>
       </c>
       <c r="L19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>63</v>
       </c>
       <c r="F20" t="s">
         <v>100</v>
       </c>
       <c r="G20" t="s">
         <v>38</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
       <c r="I20">
         <v>2008</v>
       </c>
       <c r="J20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>63</v>
       </c>
       <c r="F21" t="s">
         <v>81</v>
       </c>
       <c r="G21" t="s">
         <v>38</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2012</v>
       </c>
       <c r="J21" t="s">
         <v>65</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>66</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P21" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
         <v>71</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>39</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>41</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>64</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>39</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>41</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>63</v>
       </c>
       <c r="F25" t="s">
         <v>100</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>39</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>41</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>37</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>100</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>39</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>41</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>38</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>38</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">