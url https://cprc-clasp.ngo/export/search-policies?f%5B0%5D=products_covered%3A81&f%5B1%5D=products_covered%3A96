--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -400,51 +400,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
@@ -457,72 +457,75 @@
   <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>This Determination covers products that are:  
 RDCs (short for refrigerated display cabinets);
 refrigerated drinks cabinets;
 ice cream freezer cabinets;
 scooping cabinets;
 RSCs (short for refrigerated storage cabinets).
 The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -594,69 +597,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -1193,51 +1196,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2083,852 +2086,852 @@
       </c>
       <c r="P18" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>142</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>144</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>145</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>72</v>
+        <v>146</v>
       </c>
       <c r="K19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="L19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M19" t="s">
         <v>37</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P19" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>8</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20">
         <v>2025</v>
       </c>
       <c r="J20" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>124</v>
       </c>
       <c r="O20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2003</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C22" t="s">
         <v>109</v>
       </c>
       <c r="D22" t="s">
         <v>118</v>
       </c>
       <c r="E22" t="s">
         <v>70</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
         <v>2022</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K22" t="s">
         <v>121</v>
       </c>
       <c r="L22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C23" t="s">
         <v>109</v>
       </c>
       <c r="D23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E23" t="s">
         <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>34</v>
       </c>
       <c r="H23">
         <v>2022</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K23" t="s">
         <v>121</v>
       </c>
       <c r="L23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>129</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>33</v>
       </c>
       <c r="G25" t="s">
         <v>34</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D26" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
         <v>2025</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D28" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>129</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28">
         <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N28" t="s">
         <v>49</v>
       </c>
       <c r="O28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>129</v>
       </c>
       <c r="G29" t="s">
         <v>34</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B30" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C30" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E30" t="s">
         <v>70</v>
       </c>
       <c r="F30" t="s">
         <v>71</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2001</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M30" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P30" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B31" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>129</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>110</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M31" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B32" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C32" t="s">
         <v>84</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>87</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M32" t="s">
         <v>88</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P32" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B33" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C33" t="s">
         <v>109</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>71</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2021</v>
       </c>
       <c r="J33" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M33" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P33" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B34" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D34" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>33</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>110</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M34" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P34" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>70</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>34</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>110</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P35" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">