--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,262 +12,309 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -531,403 +578,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="390.333" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...196 lines deleted...]
-        <v>56</v>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>