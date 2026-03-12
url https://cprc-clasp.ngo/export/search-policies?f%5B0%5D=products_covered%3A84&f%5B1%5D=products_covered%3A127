--- v0 (2025-11-28)
+++ v1 (2026-03-12)
@@ -655,66 +655,69 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -928,53 +931,50 @@
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
     <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
-  </si>
-[...1 lines deleted...]
-    <t>New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
   </si>
   <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
     <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
     <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
@@ -2691,807 +2691,807 @@
       </c>
       <c r="P26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>205</v>
       </c>
       <c r="B27" t="s">
         <v>206</v>
       </c>
       <c r="C27" t="s">
         <v>207</v>
       </c>
       <c r="D27" t="s">
         <v>75</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
-        <v>54</v>
+        <v>208</v>
       </c>
       <c r="H27">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>53</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
         <v>119</v>
       </c>
       <c r="K28" t="s">
         <v>62</v>
       </c>
       <c r="L28" t="s">
         <v>120</v>
       </c>
       <c r="M28" t="s">
         <v>121</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P28" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D29" t="s">
         <v>75</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2005</v>
       </c>
       <c r="I29">
         <v>2018</v>
       </c>
       <c r="J29" t="s">
         <v>111</v>
       </c>
       <c r="K29" t="s">
         <v>62</v>
       </c>
       <c r="L29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C30" t="s">
         <v>207</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30">
         <v>2025</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>43</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>111</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P31" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
       <c r="I32">
         <v>2011</v>
       </c>
       <c r="J32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K32" t="s">
         <v>62</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>128</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K33" t="s">
         <v>173</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P33" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D34" t="s">
         <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>54</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>172</v>
       </c>
       <c r="K34" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
       <c r="I35">
         <v>2018</v>
       </c>
       <c r="J35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P35" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D36" t="s">
         <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K36" t="s">
         <v>62</v>
       </c>
       <c r="L36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P36" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
         <v>109</v>
       </c>
       <c r="D37" t="s">
         <v>53</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>111</v>
       </c>
       <c r="K37" t="s">
         <v>62</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>113</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D38" t="s">
         <v>75</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>128</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2018</v>
       </c>
       <c r="I38">
         <v>2018</v>
       </c>
       <c r="J38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K38" t="s">
         <v>143</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C39" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D39" t="s">
         <v>75</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>128</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K39" t="s">
         <v>62</v>
       </c>
       <c r="L39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2016</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>129</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>129</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N41" t="s">
         <v>36</v>
       </c>
       <c r="O41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P41" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>154</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>296</v>
+        <v>208</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>103</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>104</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>297</v>
       </c>
       <c r="P42" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>299</v>
       </c>
       <c r="B43" t="s">
         <v>300</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43" t="s">
         <v>301</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>296</v>
+        <v>208</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>103</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>104</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>302</v>
       </c>
       <c r="P43" t="s">
         <v>303</v>
       </c>
     </row>