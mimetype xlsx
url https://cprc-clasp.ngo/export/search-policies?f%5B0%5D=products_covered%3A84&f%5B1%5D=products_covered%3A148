--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -826,50 +826,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
     <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
   </si>
@@ -3087,360 +3090,360 @@
       </c>
       <c r="P36" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>261</v>
       </c>
       <c r="B37" t="s">
         <v>262</v>
       </c>
       <c r="C37" t="s">
         <v>213</v>
       </c>
       <c r="D37" t="s">
         <v>32</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>91</v>
       </c>
       <c r="G37" t="s">
-        <v>48</v>
+        <v>263</v>
       </c>
       <c r="H37">
         <v>1994</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>176</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M37" t="s">
         <v>215</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C38" t="s">
         <v>80</v>
       </c>
       <c r="D38" t="s">
         <v>119</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>33</v>
       </c>
       <c r="G38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>83</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>84</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>33</v>
       </c>
       <c r="G39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>83</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>84</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C40" t="s">
         <v>106</v>
       </c>
       <c r="D40" t="s">
         <v>32</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>47</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C41" t="s">
         <v>197</v>
       </c>
       <c r="D41" t="s">
         <v>119</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
         <v>47</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
         <v>93</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N41" t="s">
         <v>52</v>
       </c>
       <c r="O41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C42" t="s">
         <v>106</v>
       </c>
       <c r="D42" t="s">
         <v>205</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>207</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D43" t="s">
         <v>32</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>91</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">