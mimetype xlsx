--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -12,411 +12,531 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -680,777 +800,876 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>81</v>
+      </c>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>83</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>111</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>34</v>
       </c>
+      <c r="G13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>56</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>121</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>56</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...20 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>65</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...510 lines deleted...]
-        <v>101</v>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>