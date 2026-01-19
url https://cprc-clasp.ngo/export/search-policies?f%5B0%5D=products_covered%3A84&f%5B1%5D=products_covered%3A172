--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,72 +104,108 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
     <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
@@ -417,50 +453,53 @@
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
@@ -567,96 +606,60 @@
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
@@ -1174,51 +1177,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1294,1772 +1297,1770 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H6">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H7">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
         <v>68</v>
       </c>
-      <c r="B8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
         <v>70</v>
       </c>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H9">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
       <c r="J9" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H10">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
       <c r="M10" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>92</v>
       </c>
-      <c r="B12" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H13">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="I14">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="J15" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="M15" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="N16" t="s">
-        <v>123</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
       <c r="J17" t="s">
-        <v>45</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="M17" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>133</v>
       </c>
       <c r="O17" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>137</v>
       </c>
       <c r="H18">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>132</v>
+        <v>55</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>62</v>
       </c>
       <c r="M18" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H19">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2025</v>
+      </c>
       <c r="J19" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
       <c r="M19" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="N19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>104</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H20">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>144</v>
+        <v>113</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F21" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I21">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>153</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I22">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>155</v>
       </c>
       <c r="N22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C23" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D24" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
-      <c r="I24"/>
+      <c r="I24">
+        <v>2020</v>
+      </c>
       <c r="J24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G25" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H25">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="N25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H26">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I27">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G29" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G30" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E32" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G32" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E33" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2017</v>
       </c>
       <c r="J33" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C35" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H35">
         <v>2019</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D36" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C38" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E38" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F38" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">