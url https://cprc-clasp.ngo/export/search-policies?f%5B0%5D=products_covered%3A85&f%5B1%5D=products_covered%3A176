--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,344 +12,431 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2020</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
+  </si>
+  <si>
+    <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
+  </si>
+  <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...40 lines deleted...]
-  <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,643 +700,718 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>90</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...138 lines deleted...]
-      <c r="N6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
         <v>53</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="I7" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
         <v>56</v>
       </c>
-      <c r="J7" t="s">
-[...252 lines deleted...]
-        <v>84</v>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>