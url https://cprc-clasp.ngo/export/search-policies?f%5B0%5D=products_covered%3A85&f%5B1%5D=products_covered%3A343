--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -327,69 +327,69 @@
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
@@ -1350,51 +1350,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>104</v>
       </c>
       <c r="B12" t="s">
         <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>106</v>
       </c>
       <c r="D12" t="s">
         <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>57</v>
       </c>
       <c r="O12" t="s">
         <v>110</v>
       </c>
       <c r="P12" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>112</v>