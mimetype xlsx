--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,224 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,275 +518,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="88" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="331.348" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2012</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...41 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2019</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>