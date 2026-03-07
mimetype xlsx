--- v0 (2025-10-11)
+++ v1 (2026-03-07)
@@ -12,296 +12,345 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,453 +614,504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="674.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...92 lines deleted...]
-      <c r="C5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
         <v>45</v>
       </c>
-      <c r="D5" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6">
         <v>2022</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>55</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>57</v>
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
-[...27 lines deleted...]
-        <v>64</v>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>1986</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2014</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
-        <v>68</v>
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>