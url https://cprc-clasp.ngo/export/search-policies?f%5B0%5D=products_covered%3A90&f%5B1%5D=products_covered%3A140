--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,251 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,365 +554,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L6" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
         <v>29</v>
-      </c>
-[...156 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>