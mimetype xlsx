--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -12,845 +12,1203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1114,2645 +1472,3008 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>51</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...36 lines deleted...]
-      <c r="J3" t="s">
+      <c r="G13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>109</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>109</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...130 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G18" t="s">
         <v>48</v>
-      </c>
-[...489 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>98</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...29 lines deleted...]
-      <c r="G19">
+      <c r="G19" t="s">
+        <v>48</v>
+      </c>
+      <c r="H19">
         <v>2017</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2019</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...31 lines deleted...]
-      <c r="G20">
+      <c r="G20" t="s">
+        <v>48</v>
+      </c>
+      <c r="H20">
         <v>2016</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2019</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" t="s">
+        <v>48</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>49</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>93</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2025</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>48</v>
+      </c>
+      <c r="H23">
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M23" t="s">
+        <v>165</v>
+      </c>
+      <c r="N23" t="s">
+        <v>52</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>49</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>45</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>46</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>49</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>49</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>176</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27">
+        <v>2005</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>49</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>176</v>
+      </c>
+      <c r="N27" t="s">
+        <v>52</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>48</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>49</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>176</v>
+      </c>
+      <c r="N28" t="s">
+        <v>52</v>
+      </c>
+      <c r="O28" t="s">
+        <v>192</v>
+      </c>
+      <c r="P28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D29" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>57</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>196</v>
+      </c>
+      <c r="M29" t="s">
+        <v>176</v>
+      </c>
+      <c r="N29" t="s">
+        <v>52</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>57</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>176</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" t="s">
+        <v>47</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>109</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>111</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" t="s">
+        <v>46</v>
+      </c>
+      <c r="F32" t="s">
+        <v>47</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>109</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>111</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>46</v>
+      </c>
+      <c r="F33" t="s">
+        <v>47</v>
+      </c>
+      <c r="G33" t="s">
+        <v>48</v>
+      </c>
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>214</v>
+      </c>
+      <c r="K33" t="s">
+        <v>215</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>134</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>216</v>
+      </c>
+      <c r="P33" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" t="s">
+        <v>220</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...31 lines deleted...]
-      <c r="G21">
+      <c r="G34" t="s">
+        <v>48</v>
+      </c>
+      <c r="H34">
         <v>2010</v>
       </c>
-      <c r="H21">
-[...5 lines deleted...]
-      <c r="J21" t="s">
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>221</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>222</v>
+      </c>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>228</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
+        <v>46</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...583 lines deleted...]
-      <c r="G35">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2012</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>221</v>
       </c>
       <c r="K35" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>161</v>
+        <v>229</v>
       </c>
       <c r="M35" t="s">
-        <v>23</v>
+        <v>230</v>
       </c>
       <c r="N35" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>163</v>
+        <v>233</v>
       </c>
       <c r="B36" t="s">
-        <v>164</v>
+        <v>234</v>
       </c>
       <c r="C36" t="s">
-        <v>61</v>
+        <v>235</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E36" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>93</v>
+      </c>
+      <c r="G36" t="s">
+        <v>48</v>
+      </c>
+      <c r="H36">
         <v>2002</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2008</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="K36" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>166</v>
+        <v>236</v>
       </c>
       <c r="M36" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="N36" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>52</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>168</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>164</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>27</v>
+        <v>235</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>93</v>
+      </c>
+      <c r="G37" t="s">
+        <v>48</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
-      <c r="I37" t="s">
-        <v>149</v>
+      <c r="I37">
+        <v>2002</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="K37" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>166</v>
+        <v>242</v>
       </c>
       <c r="M37" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="N37" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>52</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>171</v>
+        <v>244</v>
       </c>
       <c r="B38" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="C38" t="s">
-        <v>61</v>
+        <v>132</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E38" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>48</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>98</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
+        <v>133</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>134</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>139</v>
+      </c>
+      <c r="D39" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" t="s">
+        <v>46</v>
+      </c>
+      <c r="F39" t="s">
+        <v>248</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>249</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>250</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" t="s">
+        <v>254</v>
+      </c>
+      <c r="C40" t="s">
+        <v>139</v>
+      </c>
+      <c r="D40" t="s">
+        <v>255</v>
+      </c>
+      <c r="E40" t="s">
+        <v>46</v>
+      </c>
+      <c r="F40" t="s">
+        <v>248</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>256</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>250</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C41" t="s">
+        <v>261</v>
+      </c>
+      <c r="D41" t="s">
+        <v>32</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>48</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2025</v>
+      </c>
+      <c r="J41" t="s">
+        <v>262</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>263</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C42" t="s">
+        <v>261</v>
+      </c>
+      <c r="D42" t="s">
+        <v>268</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>48</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>262</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>269</v>
+      </c>
+      <c r="M42" t="s">
+        <v>263</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>270</v>
+      </c>
+      <c r="P42" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>272</v>
+      </c>
+      <c r="B43" t="s">
+        <v>273</v>
+      </c>
+      <c r="C43" t="s">
+        <v>261</v>
+      </c>
+      <c r="D43" t="s">
+        <v>32</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>48</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2005</v>
+      </c>
+      <c r="J43" t="s">
+        <v>274</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>272</v>
+      </c>
+      <c r="M43" t="s">
+        <v>263</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>275</v>
+      </c>
+      <c r="P43" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>277</v>
+      </c>
+      <c r="B44" t="s">
+        <v>278</v>
+      </c>
+      <c r="C44" t="s">
+        <v>220</v>
+      </c>
+      <c r="D44" t="s">
+        <v>32</v>
+      </c>
+      <c r="E44" t="s">
+        <v>46</v>
+      </c>
+      <c r="F44" t="s">
+        <v>47</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>221</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>279</v>
+      </c>
+      <c r="M44" t="s">
+        <v>280</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>286</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>93</v>
+      </c>
+      <c r="G45" t="s">
+        <v>48</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>287</v>
+      </c>
+      <c r="K45" t="s">
+        <v>288</v>
+      </c>
+      <c r="L45" t="s">
+        <v>289</v>
+      </c>
+      <c r="M45" t="s">
+        <v>290</v>
+      </c>
+      <c r="N45" t="s">
+        <v>52</v>
+      </c>
+      <c r="O45" t="s">
+        <v>291</v>
+      </c>
+      <c r="P45" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>293</v>
+      </c>
+      <c r="B46" t="s">
+        <v>294</v>
+      </c>
+      <c r="C46" t="s">
+        <v>108</v>
+      </c>
+      <c r="D46" t="s">
+        <v>80</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-[...29 lines deleted...]
-      <c r="G39">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>109</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>111</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>295</v>
+      </c>
+      <c r="P46" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>297</v>
+      </c>
+      <c r="B47" t="s">
+        <v>298</v>
+      </c>
+      <c r="C47" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47" t="s">
+        <v>80</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>109</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>111</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>108</v>
+      </c>
+      <c r="D48" t="s">
+        <v>80</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>93</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>109</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>111</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>108</v>
+      </c>
+      <c r="D49" t="s">
+        <v>80</v>
+      </c>
+      <c r="E49" t="s">
+        <v>46</v>
+      </c>
+      <c r="F49" t="s">
+        <v>93</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>109</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>111</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>261</v>
+      </c>
+      <c r="D50" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" t="s">
+        <v>46</v>
+      </c>
+      <c r="F50" t="s">
+        <v>47</v>
+      </c>
+      <c r="G50" t="s">
+        <v>48</v>
+      </c>
+      <c r="H50">
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>221</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>311</v>
+      </c>
+      <c r="M50" t="s">
+        <v>312</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>313</v>
+      </c>
+      <c r="P50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" t="s">
+        <v>316</v>
+      </c>
+      <c r="C51" t="s">
+        <v>261</v>
+      </c>
+      <c r="D51" t="s">
+        <v>32</v>
+      </c>
+      <c r="E51" t="s">
+        <v>46</v>
+      </c>
+      <c r="F51" t="s">
+        <v>47</v>
+      </c>
+      <c r="G51" t="s">
+        <v>48</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>221</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>317</v>
+      </c>
+      <c r="M51" t="s">
+        <v>312</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>318</v>
+      </c>
+      <c r="P51" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>320</v>
+      </c>
+      <c r="B52" t="s">
+        <v>321</v>
+      </c>
+      <c r="C52" t="s">
+        <v>261</v>
+      </c>
+      <c r="D52" t="s">
+        <v>80</v>
+      </c>
+      <c r="E52" t="s">
+        <v>46</v>
+      </c>
+      <c r="F52" t="s">
+        <v>47</v>
+      </c>
+      <c r="G52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H52">
+        <v>2007</v>
+      </c>
+      <c r="I52">
+        <v>2012</v>
+      </c>
+      <c r="J52" t="s">
+        <v>221</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>322</v>
+      </c>
+      <c r="M52" t="s">
+        <v>312</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>323</v>
+      </c>
+      <c r="P52" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>325</v>
+      </c>
+      <c r="B53" t="s">
+        <v>326</v>
+      </c>
+      <c r="C53" t="s">
+        <v>261</v>
+      </c>
+      <c r="D53" t="s">
+        <v>32</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53">
+        <v>2000</v>
+      </c>
+      <c r="I53">
+        <v>2014</v>
+      </c>
+      <c r="J53" t="s">
+        <v>221</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>327</v>
+      </c>
+      <c r="M53" t="s">
+        <v>263</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>328</v>
+      </c>
+      <c r="P53" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>330</v>
+      </c>
+      <c r="B54" t="s">
+        <v>331</v>
+      </c>
+      <c r="C54" t="s">
+        <v>261</v>
+      </c>
+      <c r="D54" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>93</v>
+      </c>
+      <c r="G54" t="s">
+        <v>332</v>
+      </c>
+      <c r="H54">
+        <v>1994</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>221</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>333</v>
+      </c>
+      <c r="M54" t="s">
+        <v>263</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>334</v>
+      </c>
+      <c r="P54" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>336</v>
+      </c>
+      <c r="B55" t="s">
+        <v>337</v>
+      </c>
+      <c r="C55" t="s">
+        <v>139</v>
+      </c>
+      <c r="D55" t="s">
+        <v>80</v>
+      </c>
+      <c r="E55" t="s">
+        <v>46</v>
+      </c>
+      <c r="F55" t="s">
+        <v>47</v>
+      </c>
+      <c r="G55" t="s">
+        <v>48</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55">
         <v>2021</v>
       </c>
-      <c r="H39"/>
-[...76 lines deleted...]
-      <c r="G41">
+      <c r="J55" t="s">
+        <v>249</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>338</v>
+      </c>
+      <c r="M55" t="s">
+        <v>339</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>340</v>
+      </c>
+      <c r="P55" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>342</v>
+      </c>
+      <c r="B56" t="s">
+        <v>343</v>
+      </c>
+      <c r="C56" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" t="s">
+        <v>32</v>
+      </c>
+      <c r="E56" t="s">
+        <v>46</v>
+      </c>
+      <c r="F56" t="s">
+        <v>47</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2014</v>
       </c>
-      <c r="H41">
-[...168 lines deleted...]
-      <c r="G45">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>249</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>344</v>
+      </c>
+      <c r="M56" t="s">
+        <v>339</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>345</v>
+      </c>
+      <c r="P56" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B57" t="s">
+        <v>348</v>
+      </c>
+      <c r="C57" t="s">
+        <v>349</v>
+      </c>
+      <c r="D57" t="s">
+        <v>80</v>
+      </c>
+      <c r="E57" t="s">
+        <v>46</v>
+      </c>
+      <c r="F57" t="s">
+        <v>47</v>
+      </c>
+      <c r="G57" t="s">
+        <v>48</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>95</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>350</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>351</v>
+      </c>
+      <c r="P57" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>353</v>
+      </c>
+      <c r="B58" t="s">
+        <v>354</v>
+      </c>
+      <c r="C58" t="s">
+        <v>139</v>
+      </c>
+      <c r="D58" t="s">
+        <v>255</v>
+      </c>
+      <c r="E58" t="s">
+        <v>46</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>256</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>355</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>356</v>
+      </c>
+      <c r="P58" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>358</v>
+      </c>
+      <c r="B59" t="s">
+        <v>359</v>
+      </c>
+      <c r="C59" t="s">
+        <v>139</v>
+      </c>
+      <c r="D59" t="s">
+        <v>360</v>
+      </c>
+      <c r="E59" t="s">
+        <v>46</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2016</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>256</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>355</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>361</v>
+      </c>
+      <c r="P59" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>363</v>
+      </c>
+      <c r="B60" t="s">
+        <v>364</v>
+      </c>
+      <c r="C60" t="s">
+        <v>365</v>
+      </c>
+      <c r="D60" t="s">
+        <v>32</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>93</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2017</v>
       </c>
-      <c r="H45">
-[...634 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>23</v>
+        <v>367</v>
       </c>
       <c r="N60" t="s">
-        <v>251</v>
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>368</v>
+      </c>
+      <c r="P60" t="s">
+        <v>369</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>