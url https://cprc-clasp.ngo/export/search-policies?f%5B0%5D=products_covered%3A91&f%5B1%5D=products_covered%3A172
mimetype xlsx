--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -12,799 +12,1127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...2 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...16 lines deleted...]
-  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1068,2465 +1396,2800 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N56"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...156 lines deleted...]
-      <c r="G6">
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...20 lines deleted...]
-      <c r="A7" t="s">
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
         <v>53</v>
       </c>
-      <c r="B7" t="s">
-[...33 lines deleted...]
-      <c r="N7" t="s">
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" t="s">
         <v>54</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G8">
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
         <v>2014</v>
       </c>
-      <c r="H8">
-[...150 lines deleted...]
-      <c r="A12" t="s">
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>115</v>
+      </c>
+      <c r="D19" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E19" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
-[...15 lines deleted...]
-      <c r="I12" t="s">
+      <c r="F19" t="s">
         <v>69</v>
       </c>
-      <c r="J12" t="s">
-[...17 lines deleted...]
-      <c r="B13" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>116</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
         <v>68</v>
       </c>
-      <c r="C13" t="s">
-[...311 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>69</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>129</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>70</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2025</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>171</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2005</v>
+      </c>
+      <c r="J25" t="s">
+        <v>70</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>56</v>
+      </c>
+      <c r="M25" t="s">
+        <v>57</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>70</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>180</v>
+      </c>
+      <c r="M26" t="s">
+        <v>57</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>183</v>
+      </c>
+      <c r="B27" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>184</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>55</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>62</v>
+      </c>
+      <c r="M27" t="s">
+        <v>185</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>8</v>
+      </c>
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28">
+        <v>2025</v>
+      </c>
+      <c r="J28" t="s">
+        <v>190</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>115</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>116</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>129</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>116</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>118</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>115</v>
+      </c>
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>116</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>118</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>205</v>
+      </c>
+      <c r="P31" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B32" t="s">
+        <v>208</v>
+      </c>
+      <c r="C32" t="s">
+        <v>149</v>
+      </c>
+      <c r="D32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>209</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>151</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>53</v>
+      </c>
+      <c r="C33" t="s">
+        <v>149</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>213</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>151</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>218</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>219</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>220</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>216</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>218</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>219</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>220</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" t="s">
+        <v>218</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>228</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>220</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>229</v>
+      </c>
+      <c r="P36" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>231</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>233</v>
+      </c>
+      <c r="D37" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2008</v>
+      </c>
+      <c r="J37" t="s">
+        <v>234</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>235</v>
+      </c>
+      <c r="M37" t="s">
+        <v>236</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>237</v>
+      </c>
+      <c r="P37" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>242</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C39" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>150</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>151</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>247</v>
+      </c>
+      <c r="P39" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>248</v>
+      </c>
+      <c r="B40" t="s">
+        <v>249</v>
+      </c>
+      <c r="C40" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
+        <v>250</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>251</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>252</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>253</v>
+      </c>
+      <c r="P40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>255</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>257</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>54</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>157</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>258</v>
+      </c>
+      <c r="M41" t="s">
+        <v>259</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>264</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>68</v>
+      </c>
+      <c r="F42" t="s">
+        <v>69</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>265</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>266</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>267</v>
+      </c>
+      <c r="P42" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>269</v>
+      </c>
+      <c r="B43" t="s">
+        <v>270</v>
+      </c>
+      <c r="C43" t="s">
+        <v>271</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>44</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>234</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>272</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" t="s">
+        <v>67</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>44</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>116</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>118</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>277</v>
+      </c>
+      <c r="P44" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>279</v>
+      </c>
+      <c r="B45" t="s">
+        <v>280</v>
+      </c>
+      <c r="C45" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>116</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>118</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>281</v>
+      </c>
+      <c r="P45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>283</v>
+      </c>
+      <c r="B46" t="s">
+        <v>284</v>
+      </c>
+      <c r="C46" t="s">
+        <v>115</v>
+      </c>
+      <c r="D46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>54</v>
+      </c>
+      <c r="H46">
+        <v>2018</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>116</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>118</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>285</v>
+      </c>
+      <c r="P46" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>287</v>
+      </c>
+      <c r="B47" t="s">
+        <v>288</v>
+      </c>
+      <c r="C47" t="s">
+        <v>115</v>
+      </c>
+      <c r="D47" t="s">
+        <v>67</v>
+      </c>
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>54</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>116</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>118</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>289</v>
+      </c>
+      <c r="P47" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>291</v>
+      </c>
+      <c r="B48" t="s">
+        <v>292</v>
+      </c>
+      <c r="C48" t="s">
+        <v>257</v>
+      </c>
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>265</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>293</v>
+      </c>
+      <c r="M48" t="s">
+        <v>294</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>295</v>
+      </c>
+      <c r="P48" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>297</v>
+      </c>
+      <c r="B49" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" t="s">
+        <v>257</v>
+      </c>
+      <c r="D49" t="s">
+        <v>53</v>
+      </c>
+      <c r="E49" t="s">
+        <v>68</v>
+      </c>
+      <c r="F49" t="s">
+        <v>69</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>234</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>299</v>
+      </c>
+      <c r="M49" t="s">
+        <v>300</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>257</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>68</v>
+      </c>
+      <c r="F50" t="s">
+        <v>69</v>
+      </c>
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>234</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>305</v>
+      </c>
+      <c r="M50" t="s">
+        <v>300</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50"/>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>307</v>
+      </c>
+      <c r="B51" t="s">
+        <v>308</v>
+      </c>
+      <c r="C51" t="s">
+        <v>309</v>
+      </c>
+      <c r="D51" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+      <c r="F51" t="s">
+        <v>69</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51">
+        <v>2017</v>
+      </c>
+      <c r="J51" t="s">
+        <v>219</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>311</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>257</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>265</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>316</v>
+      </c>
+      <c r="M52" t="s">
+        <v>259</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>317</v>
+      </c>
+      <c r="P52" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>319</v>
+      </c>
+      <c r="B53" t="s">
+        <v>320</v>
+      </c>
+      <c r="C53" t="s">
         <v>101</v>
       </c>
-      <c r="J20" t="s">
+      <c r="D53" t="s">
+        <v>53</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...6 lines deleted...]
-      <c r="N20" t="s">
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2019</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>171</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
         <v>103</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J21" t="s">
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>156</v>
+      </c>
+      <c r="D54" t="s">
+        <v>67</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
+        <v>69</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>251</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>325</v>
+      </c>
+      <c r="M54" t="s">
+        <v>326</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>327</v>
+      </c>
+      <c r="P54" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>329</v>
+      </c>
+      <c r="B55" t="s">
+        <v>330</v>
+      </c>
+      <c r="C55" t="s">
+        <v>331</v>
+      </c>
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>69</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>332</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>333</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>156</v>
+      </c>
+      <c r="D56" t="s">
+        <v>338</v>
+      </c>
+      <c r="E56" t="s">
+        <v>68</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...491 lines deleted...]
-      <c r="G33">
+      <c r="G56" t="s">
+        <v>54</v>
+      </c>
+      <c r="H56">
         <v>2016</v>
       </c>
-      <c r="H33">
-[...958 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>32</v>
+        <v>340</v>
       </c>
       <c r="N56" t="s">
-        <v>235</v>
+        <v>38</v>
+      </c>
+      <c r="O56" t="s">
+        <v>341</v>
+      </c>
+      <c r="P56" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>