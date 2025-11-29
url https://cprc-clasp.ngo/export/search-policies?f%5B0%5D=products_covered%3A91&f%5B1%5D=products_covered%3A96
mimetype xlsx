--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,832 +12,1160 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1101,2377 +1429,2702 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
-        <v>30</v>
+      <c r="I4">
+        <v>2012</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
       <c r="N5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...9 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
         <v>49</v>
       </c>
-      <c r="B8" t="s">
-[...35 lines deleted...]
-    <row r="9" spans="1:14">
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>54</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>72</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>99</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>113</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...75 lines deleted...]
-      <c r="G11">
+      <c r="G15" t="s">
+        <v>114</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>84</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...68 lines deleted...]
-      <c r="C13" t="s">
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D17" t="s">
+        <v>84</v>
+      </c>
+      <c r="E17" t="s">
         <v>70</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F17" t="s">
         <v>71</v>
       </c>
-      <c r="F13" t="s">
-[...81 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D18" t="s">
         <v>84</v>
       </c>
-      <c r="G15"/>
-[...37 lines deleted...]
-      <c r="G16">
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>71</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H16">
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>121</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>120</v>
+      </c>
+      <c r="D19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
         <v>2015</v>
       </c>
-      <c r="I16" t="s">
-[...133 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="K19" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>92</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="N19" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E20" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-        <v>106</v>
+      <c r="I20">
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>154</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" t="s">
+        <v>71</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>171</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2023</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>84</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>171</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2025</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>172</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...26 lines deleted...]
-      <c r="F21" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>72</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>42</v>
+      </c>
+      <c r="M26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
         <v>19</v>
       </c>
-      <c r="G21">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>72</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>84</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
         <v>2015</v>
       </c>
-      <c r="H21">
-[...5 lines deleted...]
-      <c r="J21" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>72</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>37</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...28 lines deleted...]
-      <c r="F22" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>198</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>200</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
+      <c r="E30" t="s">
+        <v>70</v>
+      </c>
+      <c r="F30" t="s">
+        <v>71</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>121</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>123</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" t="s">
+        <v>84</v>
+      </c>
+      <c r="E31" t="s">
+        <v>70</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>121</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>123</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
+        <v>84</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>171</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2008</v>
+      </c>
+      <c r="J32" t="s">
+        <v>214</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>216</v>
+      </c>
+      <c r="N32" t="s">
+        <v>49</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" t="s">
+        <v>213</v>
+      </c>
+      <c r="D33" t="s">
         <v>19</v>
       </c>
-      <c r="G22">
-[...8 lines deleted...]
-      <c r="J22" t="s">
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>171</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>214</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>221</v>
+      </c>
+      <c r="M33" t="s">
+        <v>216</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>225</v>
+      </c>
+      <c r="D34" t="s">
+        <v>226</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2025</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>227</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>229</v>
+      </c>
+      <c r="P34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>225</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...40 lines deleted...]
-      <c r="J23" t="s">
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2025</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>227</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>228</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>233</v>
+      </c>
+      <c r="P35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" t="s">
+        <v>143</v>
+      </c>
+      <c r="C36" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" t="s">
+        <v>84</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...534 lines deleted...]
-        <v>2012</v>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
-        <v>106</v>
+      <c r="I36">
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
+        <v>145</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>146</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>236</v>
+      </c>
+      <c r="P36" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" t="s">
+        <v>238</v>
+      </c>
+      <c r="C37" t="s">
+        <v>151</v>
+      </c>
+      <c r="D37" t="s">
+        <v>84</v>
+      </c>
+      <c r="E37" t="s">
+        <v>70</v>
+      </c>
+      <c r="F37" t="s">
+        <v>239</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>240</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>241</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>242</v>
+      </c>
+      <c r="P37" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B38" t="s">
+        <v>245</v>
+      </c>
+      <c r="C38" t="s">
+        <v>246</v>
+      </c>
+      <c r="D38" t="s">
+        <v>247</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K36"/>
-[...29 lines deleted...]
-      <c r="G37">
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>248</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>250</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>256</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>171</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39">
         <v>2021</v>
       </c>
-      <c r="H37"/>
-[...3 lines deleted...]
-      <c r="J37" t="s">
+      <c r="J39" t="s">
+        <v>257</v>
+      </c>
+      <c r="K39" t="s">
+        <v>258</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
+        <v>260</v>
+      </c>
+      <c r="N39" t="s">
+        <v>49</v>
+      </c>
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>120</v>
+      </c>
+      <c r="D40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>121</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>123</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>120</v>
+      </c>
+      <c r="D41" t="s">
+        <v>84</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>121</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>123</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>120</v>
+      </c>
+      <c r="D42" t="s">
+        <v>84</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>171</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>121</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>123</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" t="s">
+        <v>276</v>
+      </c>
+      <c r="C43" t="s">
+        <v>120</v>
+      </c>
+      <c r="D43" t="s">
+        <v>84</v>
+      </c>
+      <c r="E43" t="s">
+        <v>70</v>
+      </c>
+      <c r="F43" t="s">
+        <v>171</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>121</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>123</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>277</v>
+      </c>
+      <c r="P43" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>279</v>
+      </c>
+      <c r="B44" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" t="s">
+        <v>281</v>
+      </c>
+      <c r="D44" t="s">
+        <v>282</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>171</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>283</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>284</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>285</v>
+      </c>
+      <c r="P44" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>287</v>
+      </c>
+      <c r="B45" t="s">
+        <v>288</v>
+      </c>
+      <c r="C45" t="s">
+        <v>289</v>
+      </c>
+      <c r="D45" t="s">
+        <v>247</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>71</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>290</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>291</v>
+      </c>
+      <c r="M45" t="s">
+        <v>292</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>293</v>
+      </c>
+      <c r="P45" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>295</v>
+      </c>
+      <c r="B46" t="s">
+        <v>296</v>
+      </c>
+      <c r="C46" t="s">
+        <v>289</v>
+      </c>
+      <c r="D46" t="s">
+        <v>84</v>
+      </c>
+      <c r="E46" t="s">
+        <v>70</v>
+      </c>
+      <c r="F46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>290</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>297</v>
+      </c>
+      <c r="M46" t="s">
+        <v>292</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>298</v>
+      </c>
+      <c r="P46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>300</v>
+      </c>
+      <c r="B47" t="s">
+        <v>301</v>
+      </c>
+      <c r="C47" t="s">
+        <v>289</v>
+      </c>
+      <c r="D47" t="s">
+        <v>247</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>171</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2008</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>152</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>302</v>
+      </c>
+      <c r="M47" t="s">
+        <v>303</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>304</v>
+      </c>
+      <c r="P47" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>306</v>
+      </c>
+      <c r="B48" t="s">
+        <v>307</v>
+      </c>
+      <c r="C48" t="s">
+        <v>95</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K37"/>
-[...36 lines deleted...]
-      <c r="J38" t="s">
+      <c r="G48" t="s">
+        <v>34</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>98</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>308</v>
+      </c>
+      <c r="M48" t="s">
+        <v>99</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>309</v>
+      </c>
+      <c r="P48" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>311</v>
+      </c>
+      <c r="B49" t="s">
+        <v>312</v>
+      </c>
+      <c r="C49" t="s">
+        <v>151</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>70</v>
+      </c>
+      <c r="F49" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>240</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>313</v>
+      </c>
+      <c r="M49" t="s">
+        <v>314</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>315</v>
+      </c>
+      <c r="P49" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>317</v>
+      </c>
+      <c r="B50" t="s">
+        <v>318</v>
+      </c>
+      <c r="C50" t="s">
+        <v>151</v>
+      </c>
+      <c r="D50" t="s">
+        <v>84</v>
+      </c>
+      <c r="E50" t="s">
+        <v>70</v>
+      </c>
+      <c r="F50" t="s">
+        <v>71</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50">
+        <v>2021</v>
+      </c>
+      <c r="J50" t="s">
+        <v>240</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>319</v>
+      </c>
+      <c r="M50" t="s">
+        <v>314</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>324</v>
+      </c>
+      <c r="D51" t="s">
+        <v>84</v>
+      </c>
+      <c r="E51" t="s">
+        <v>70</v>
+      </c>
+      <c r="F51" t="s">
+        <v>71</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>115</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>325</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>326</v>
+      </c>
+      <c r="P51" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>328</v>
+      </c>
+      <c r="B52" t="s">
+        <v>329</v>
+      </c>
+      <c r="C52" t="s">
+        <v>151</v>
+      </c>
+      <c r="D52" t="s">
+        <v>330</v>
+      </c>
+      <c r="E52" t="s">
+        <v>70</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...28 lines deleted...]
-      <c r="F39" t="s">
+      <c r="G52" t="s">
+        <v>34</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>331</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>332</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>333</v>
+      </c>
+      <c r="P52" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>335</v>
+      </c>
+      <c r="B53" t="s">
+        <v>336</v>
+      </c>
+      <c r="C53" t="s">
+        <v>337</v>
+      </c>
+      <c r="D53" t="s">
+        <v>338</v>
+      </c>
+      <c r="E53" t="s">
+        <v>70</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>34</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>152</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>339</v>
+      </c>
+      <c r="M53" t="s">
+        <v>340</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>341</v>
+      </c>
+      <c r="P53" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>343</v>
+      </c>
+      <c r="B54" t="s">
+        <v>344</v>
+      </c>
+      <c r="C54" t="s">
+        <v>337</v>
+      </c>
+      <c r="D54" t="s">
         <v>19</v>
       </c>
-      <c r="G39">
-[...2 lines deleted...]
-      <c r="H39">
+      <c r="E54" t="s">
+        <v>70</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
         <v>2021</v>
       </c>
-      <c r="I39" t="s">
-[...629 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="K54" t="s">
-        <v>241</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>238</v>
+        <v>345</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>340</v>
       </c>
       <c r="N54" t="s">
-        <v>242</v>
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>346</v>
+      </c>
+      <c r="P54" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>