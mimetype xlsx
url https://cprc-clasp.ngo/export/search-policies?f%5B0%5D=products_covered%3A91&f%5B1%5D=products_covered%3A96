--- v1 (2025-11-29)
+++ v2 (2026-03-05)
@@ -703,69 +703,69 @@
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
@@ -3068,51 +3068,51 @@
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>223</v>
       </c>
       <c r="B34" t="s">
         <v>224</v>
       </c>
       <c r="C34" t="s">
         <v>225</v>
       </c>
       <c r="D34" t="s">
         <v>226</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>33</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>227</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>228</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>229</v>
       </c>
       <c r="P34" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>231</v>