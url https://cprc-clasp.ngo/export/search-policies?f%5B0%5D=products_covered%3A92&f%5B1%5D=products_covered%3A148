--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -669,69 +669,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
   </si>
   <si>
     <t>Pumps, Pumps Other</t>
   </si>
@@ -934,50 +934,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -2930,51 +2933,51 @@
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>217</v>
       </c>
       <c r="B32" t="s">
         <v>218</v>
       </c>
       <c r="C32" t="s">
         <v>219</v>
       </c>
       <c r="D32" t="s">
         <v>220</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>221</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>222</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>223</v>
       </c>
       <c r="P32" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>225</v>
@@ -3605,308 +3608,308 @@
       </c>
       <c r="P45" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>304</v>
       </c>
       <c r="B46" t="s">
         <v>305</v>
       </c>
       <c r="C46" t="s">
         <v>243</v>
       </c>
       <c r="D46" t="s">
         <v>50</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>95</v>
       </c>
       <c r="G46" t="s">
-        <v>61</v>
+        <v>306</v>
       </c>
       <c r="H46">
         <v>1994</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>186</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M46" t="s">
         <v>244</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B47" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C47" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D47" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>97</v>
       </c>
       <c r="K47" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="N47" t="s">
         <v>65</v>
       </c>
       <c r="O47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C48" t="s">
         <v>110</v>
       </c>
       <c r="D48" t="s">
         <v>50</v>
       </c>
       <c r="E48" t="s">
         <v>59</v>
       </c>
       <c r="F48" t="s">
         <v>60</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C49" t="s">
         <v>31</v>
       </c>
       <c r="D49" t="s">
         <v>32</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>45</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>33</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C50" t="s">
         <v>110</v>
       </c>
       <c r="D50" t="s">
         <v>231</v>
       </c>
       <c r="E50" t="s">
         <v>59</v>
       </c>
       <c r="F50" t="s">
         <v>45</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>233</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D51" t="s">
         <v>50</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>95</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">