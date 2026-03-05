--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -318,53 +318,50 @@
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
@@ -427,69 +424,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -1568,848 +1565,848 @@
       </c>
       <c r="L11" t="s">
         <v>95</v>
       </c>
       <c r="M11" t="s">
         <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>97</v>
       </c>
       <c r="P11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
         <v>108</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>109</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
         <v>117</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D14" t="s">
         <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>74</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
         <v>125</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>126</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1996</v>
       </c>
       <c r="I15">
         <v>2017</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
         <v>134</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1996</v>
       </c>
       <c r="I16">
         <v>2017</v>
       </c>
       <c r="J16" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
         <v>137</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>138</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
         <v>145</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18">
         <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>75</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
         <v>154</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>155</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E20" t="s">
         <v>63</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>45</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" t="s">
         <v>158</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>159</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
         <v>164</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>45</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>112</v>
+      </c>
+      <c r="M21" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
         <v>168</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>74</v>
       </c>
       <c r="G22" t="s">
         <v>45</v>
       </c>
       <c r="H22">
         <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
         <v>175</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>176</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>45</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N23" t="s">
         <v>38</v>
       </c>
       <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
         <v>183</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="M24" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
         <v>38</v>
       </c>
       <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
         <v>189</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>63</v>
       </c>
       <c r="F25" t="s">
         <v>64</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
+        <v>191</v>
+      </c>
+      <c r="M25" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>195</v>
+      </c>
+      <c r="B26" t="s">
         <v>196</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D26" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E26" t="s">
         <v>63</v>
       </c>
       <c r="F26" t="s">
         <v>64</v>
       </c>
       <c r="G26" t="s">
         <v>45</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="M26" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="N26" t="s">
         <v>38</v>
       </c>
       <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
         <v>202</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>203</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>45</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>75</v>
       </c>
       <c r="K27" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>206</v>
+      </c>
+      <c r="P27" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B28" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>45</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>46</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>38</v>
       </c>
       <c r="O28" t="s">
+        <v>210</v>
+      </c>
+      <c r="P28" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">