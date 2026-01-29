--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -355,69 +355,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -1549,51 +1549,51 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>113</v>
       </c>
       <c r="B14" t="s">
         <v>114</v>
       </c>
       <c r="C14" t="s">
         <v>115</v>
       </c>
       <c r="D14" t="s">
         <v>116</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>117</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
         <v>119</v>
       </c>
       <c r="P14" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>121</v>