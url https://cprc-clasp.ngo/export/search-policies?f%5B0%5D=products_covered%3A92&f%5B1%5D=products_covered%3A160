--- v0 (2025-11-29)
+++ v1 (2026-03-06)
@@ -252,69 +252,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
@@ -1269,51 +1269,51 @@
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>81</v>
       </c>
       <c r="D10" t="s">
         <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>84</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>85</v>
       </c>
       <c r="P10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>87</v>