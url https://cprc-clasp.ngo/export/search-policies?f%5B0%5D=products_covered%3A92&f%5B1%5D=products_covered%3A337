--- v0 (2025-11-26)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -721,69 +721,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
@@ -793,67 +793,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-676/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
@@ -1031,50 +1031,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -3107,51 +3110,51 @@
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>235</v>
       </c>
       <c r="B34" t="s">
         <v>236</v>
       </c>
       <c r="C34" t="s">
         <v>237</v>
       </c>
       <c r="D34" t="s">
         <v>238</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>54</v>
       </c>
       <c r="H34">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>239</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>240</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>241</v>
       </c>
       <c r="P34" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>243</v>
@@ -3860,264 +3863,264 @@
       </c>
       <c r="P49" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>333</v>
       </c>
       <c r="B50" t="s">
         <v>334</v>
       </c>
       <c r="C50" t="s">
         <v>274</v>
       </c>
       <c r="D50" t="s">
         <v>335</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>109</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>336</v>
       </c>
       <c r="H50">
         <v>2002</v>
       </c>
       <c r="I50">
         <v>2007</v>
       </c>
       <c r="J50" t="s">
         <v>246</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M50" t="s">
         <v>276</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B51" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D51" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>152</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="N51" t="s">
         <v>36</v>
       </c>
       <c r="O51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C52" t="s">
         <v>90</v>
       </c>
       <c r="D52" t="s">
         <v>91</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>54</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>92</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P52" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C53" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D53" t="s">
         <v>108</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>109</v>
       </c>
       <c r="G53" t="s">
         <v>54</v>
       </c>
       <c r="H53">
         <v>2016</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>161</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
         <v>110</v>
       </c>
       <c r="M53" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P53" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>109</v>
       </c>
       <c r="G54" t="s">
         <v>54</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54">
         <v>2019</v>
       </c>
       <c r="J54" t="s">
         <v>62</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P54" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">