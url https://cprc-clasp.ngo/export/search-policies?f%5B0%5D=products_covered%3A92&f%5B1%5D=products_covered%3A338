--- v0 (2025-11-30)
+++ v1 (2026-03-05)
@@ -302,72 +302,69 @@
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
@@ -428,69 +425,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
@@ -552,50 +549,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1631,583 +1631,585 @@
       <c r="O10" t="s">
         <v>88</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>91</v>
       </c>
       <c r="D11" t="s">
         <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>75</v>
       </c>
       <c r="F11" t="s">
         <v>93</v>
       </c>
       <c r="G11" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
         <v>94</v>
-      </c>
-[...5 lines deleted...]
-        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>31</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>25</v>
       </c>
       <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
         <v>99</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>100</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>31</v>
       </c>
       <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>33</v>
       </c>
       <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
         <v>108</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N13" t="s">
         <v>33</v>
       </c>
       <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
         <v>116</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D14" t="s">
         <v>57</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14">
         <v>2013</v>
       </c>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
         <v>33</v>
       </c>
       <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
         <v>121</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>122</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15">
         <v>1996</v>
       </c>
       <c r="I15">
         <v>2017</v>
       </c>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
       <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>33</v>
       </c>
       <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
         <v>130</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D16" t="s">
         <v>30</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16">
         <v>1996</v>
       </c>
       <c r="I16">
         <v>2017</v>
       </c>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="K16" t="s">
         <v>31</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="N16" t="s">
         <v>33</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
         <v>133</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>134</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
         <v>31</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N17" t="s">
         <v>33</v>
       </c>
       <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
         <v>141</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K18" t="s">
         <v>31</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N18" t="s">
         <v>33</v>
       </c>
       <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
         <v>145</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>146</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
         <v>149</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>150</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="N19" t="s">
         <v>33</v>
       </c>
       <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
         <v>155</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
         <v>30</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K20" t="s">
         <v>31</v>
       </c>
       <c r="L20" t="s">
+        <v>103</v>
+      </c>
+      <c r="M20" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="N20" t="s">
         <v>33</v>
       </c>
       <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
         <v>159</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>160</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>67</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
         <v>163</v>
       </c>
-      <c r="K21" t="s">
+      <c r="L21" t="s">
         <v>164</v>
       </c>
-      <c r="L21" t="s">
+      <c r="M21" t="s">
         <v>165</v>
       </c>
-      <c r="M21" t="s">
+      <c r="N21" t="s">
         <v>166</v>
       </c>
-      <c r="N21" t="s">
+      <c r="O21" t="s">
         <v>167</v>
       </c>
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
         <v>170</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D22" t="s">
         <v>92</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
+        <v>172</v>
+      </c>
+      <c r="G22" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>174</v>
       </c>
       <c r="K22" t="s">
         <v>31</v>
       </c>
       <c r="L22" t="s">
         <v>175</v>
       </c>
       <c r="M22" t="s">
         <v>176</v>
       </c>
       <c r="N22" t="s">
         <v>33</v>
       </c>
       <c r="O22" t="s">
         <v>177</v>
       </c>
       <c r="P22" t="s">
         <v>178</v>
@@ -2266,101 +2268,101 @@
       <c r="B24" t="s">
         <v>188</v>
       </c>
       <c r="C24" t="s">
         <v>181</v>
       </c>
       <c r="D24" t="s">
         <v>189</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="K24" t="s">
         <v>31</v>
       </c>
       <c r="L24" t="s">
         <v>78</v>
       </c>
       <c r="M24" t="s">
         <v>184</v>
       </c>
       <c r="N24" t="s">
         <v>33</v>
       </c>
       <c r="O24" t="s">
         <v>190</v>
       </c>
       <c r="P24" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>192</v>
       </c>
       <c r="B25" t="s">
         <v>193</v>
       </c>
       <c r="C25" t="s">
         <v>194</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>67</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25">
         <v>2018</v>
       </c>
       <c r="J25" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="K25" t="s">
         <v>31</v>
       </c>
       <c r="L25" t="s">
         <v>195</v>
       </c>
       <c r="M25" t="s">
         <v>196</v>
       </c>
       <c r="N25" t="s">
         <v>33</v>
       </c>
       <c r="O25" t="s">
         <v>197</v>
       </c>
       <c r="P25" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>199</v>
       </c>
       <c r="B26" t="s">
@@ -2413,58 +2415,58 @@
         <v>207</v>
       </c>
       <c r="C27" t="s">
         <v>201</v>
       </c>
       <c r="D27" t="s">
         <v>208</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>68</v>
       </c>
       <c r="K27" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>203</v>
       </c>
       <c r="N27" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="O27" t="s">
         <v>209</v>
       </c>
       <c r="P27" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>211</v>
       </c>
       <c r="B28" t="s">
         <v>212</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>30</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
@@ -2596,51 +2598,51 @@
       <c r="B31" t="s">
         <v>229</v>
       </c>
       <c r="C31" t="s">
         <v>230</v>
       </c>
       <c r="D31" t="s">
         <v>231</v>
       </c>
       <c r="E31" t="s">
         <v>75</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2016</v>
       </c>
       <c r="J31" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="K31" t="s">
         <v>232</v>
       </c>
       <c r="L31" t="s">
         <v>233</v>
       </c>
       <c r="M31" t="s">
         <v>234</v>
       </c>
       <c r="N31" t="s">
         <v>235</v>
       </c>
       <c r="O31" t="s">
         <v>236</v>
       </c>
       <c r="P31" t="s">
         <v>237</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">