--- v0 (2025-12-14)
+++ v1 (2026-03-29)
@@ -399,69 +399,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
     <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -1675,51 +1675,51 @@
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>128</v>
       </c>
       <c r="B16" t="s">
         <v>129</v>
       </c>
       <c r="C16" t="s">
         <v>130</v>
       </c>
       <c r="D16" t="s">
         <v>131</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>132</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
         <v>134</v>
       </c>
       <c r="P16" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>136</v>