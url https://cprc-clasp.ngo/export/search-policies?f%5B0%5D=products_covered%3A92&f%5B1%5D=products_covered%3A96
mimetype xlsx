--- v0 (2025-11-26)
+++ v1 (2026-01-18)
@@ -620,69 +620,69 @@
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
@@ -2632,51 +2632,51 @@
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>195</v>
       </c>
       <c r="B28" t="s">
         <v>196</v>
       </c>
       <c r="C28" t="s">
         <v>197</v>
       </c>
       <c r="D28" t="s">
         <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>34</v>
       </c>
       <c r="H28">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>199</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>200</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>201</v>
       </c>
       <c r="P28" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>203</v>