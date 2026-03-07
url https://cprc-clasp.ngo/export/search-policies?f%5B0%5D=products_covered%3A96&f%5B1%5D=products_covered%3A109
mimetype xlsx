--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -577,69 +577,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -788,50 +788,53 @@
     <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
   </si>
@@ -2501,51 +2504,51 @@
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>181</v>
       </c>
       <c r="B26" t="s">
         <v>182</v>
       </c>
       <c r="C26" t="s">
         <v>183</v>
       </c>
       <c r="D26" t="s">
         <v>184</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>44</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>185</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>186</v>
       </c>
       <c r="N26" t="s">
         <v>37</v>
       </c>
       <c r="O26" t="s">
         <v>187</v>
       </c>
       <c r="P26" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>189</v>
@@ -2880,370 +2883,370 @@
       </c>
       <c r="P33" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>247</v>
       </c>
       <c r="B34" t="s">
         <v>248</v>
       </c>
       <c r="C34" t="s">
         <v>195</v>
       </c>
       <c r="D34" t="s">
         <v>249</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>135</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="H34">
         <v>2002</v>
       </c>
       <c r="I34">
         <v>2007</v>
       </c>
       <c r="J34" t="s">
         <v>126</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M34" t="s">
         <v>199</v>
       </c>
       <c r="N34" t="s">
         <v>37</v>
       </c>
       <c r="O34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P34" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C35" t="s">
         <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>205</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>135</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2014</v>
       </c>
       <c r="J35" t="s">
         <v>126</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M35" t="s">
         <v>199</v>
       </c>
       <c r="N35" t="s">
         <v>37</v>
       </c>
       <c r="O35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C36" t="s">
         <v>100</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>44</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>103</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M36" t="s">
         <v>104</v>
       </c>
       <c r="N36" t="s">
         <v>37</v>
       </c>
       <c r="O36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>86</v>
       </c>
       <c r="F37" t="s">
         <v>87</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2021</v>
       </c>
       <c r="J37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="N37" t="s">
         <v>37</v>
       </c>
       <c r="O37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>86</v>
       </c>
       <c r="F38" t="s">
         <v>43</v>
       </c>
       <c r="G38" t="s">
         <v>44</v>
       </c>
       <c r="H38">
         <v>2006</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N38" t="s">
         <v>37</v>
       </c>
       <c r="O38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>44</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>126</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N39" t="s">
         <v>37</v>
       </c>
       <c r="O39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>86</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>44</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>126</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N40" t="s">
         <v>37</v>
       </c>
       <c r="O40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">