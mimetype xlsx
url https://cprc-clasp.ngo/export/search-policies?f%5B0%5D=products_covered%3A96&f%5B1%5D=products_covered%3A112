--- v0 (2025-11-28)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="707">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="708">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1585,69 +1585,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
   </si>
   <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
     <t>Residential electric space heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
     <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
@@ -2010,50 +2010,53 @@
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
   </si>
   <si>
     <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
@@ -6794,51 +6797,51 @@
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>506</v>
       </c>
       <c r="B89" t="s">
         <v>507</v>
       </c>
       <c r="C89" t="s">
         <v>508</v>
       </c>
       <c r="D89" t="s">
         <v>509</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>43</v>
       </c>
       <c r="G89" t="s">
         <v>55</v>
       </c>
       <c r="H89">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>510</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>511</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>512</v>
       </c>
       <c r="P89" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>514</v>
@@ -7835,604 +7838,604 @@
       </c>
       <c r="P110" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>642</v>
       </c>
       <c r="B111" t="s">
         <v>643</v>
       </c>
       <c r="C111" t="s">
         <v>276</v>
       </c>
       <c r="D111" t="s">
         <v>124</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>22</v>
+        <v>644</v>
       </c>
       <c r="H111">
         <v>2010</v>
       </c>
       <c r="I111">
         <v>2019</v>
       </c>
       <c r="J111" t="s">
         <v>279</v>
       </c>
       <c r="K111" t="s">
         <v>345</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>280</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P111" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B112" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C112" t="s">
         <v>276</v>
       </c>
       <c r="D112" t="s">
         <v>124</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2010</v>
       </c>
       <c r="I112">
         <v>2019</v>
       </c>
       <c r="J112" t="s">
         <v>375</v>
       </c>
       <c r="K112" t="s">
         <v>345</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>280</v>
       </c>
       <c r="N112" t="s">
         <v>36</v>
       </c>
       <c r="O112" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P112" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B113" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C113" t="s">
         <v>317</v>
       </c>
       <c r="D113" t="s">
         <v>524</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>125</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2001</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>540</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="M113" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P113" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B114" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C114" t="s">
         <v>317</v>
       </c>
       <c r="D114" t="s">
         <v>64</v>
       </c>
       <c r="E114" t="s">
         <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>125</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114">
         <v>2021</v>
       </c>
       <c r="J114" t="s">
         <v>540</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M114" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P114" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B115" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C115" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D115" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="E115" t="s">
         <v>42</v>
       </c>
       <c r="F115" t="s">
         <v>43</v>
       </c>
       <c r="G115" t="s">
         <v>55</v>
       </c>
       <c r="H115">
         <v>2021</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>318</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="M115" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="P115" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B116" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C116" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D116" t="s">
         <v>64</v>
       </c>
       <c r="E116" t="s">
         <v>42</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>55</v>
       </c>
       <c r="H116">
         <v>2021</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>318</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M116" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P116" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B117" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D117" t="s">
         <v>124</v>
       </c>
       <c r="E117" t="s">
         <v>42</v>
       </c>
       <c r="F117" t="s">
         <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>55</v>
       </c>
       <c r="H117">
         <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>318</v>
       </c>
       <c r="K117" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="L117" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M117" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="P117" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B118" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C118" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D118" t="s">
         <v>87</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>43</v>
       </c>
       <c r="G118" t="s">
         <v>55</v>
       </c>
       <c r="H118">
         <v>2022</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>318</v>
       </c>
       <c r="K118" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="P118" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B119" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C119" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D119" t="s">
         <v>124</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>55</v>
       </c>
       <c r="H119">
         <v>2022</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>318</v>
       </c>
       <c r="K119" t="s">
         <v>151</v>
       </c>
       <c r="L119" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M119" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P119" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B120" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C120" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D120" t="s">
         <v>87</v>
       </c>
       <c r="E120" t="s">
         <v>42</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>55</v>
       </c>
       <c r="H120">
         <v>2022</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>318</v>
       </c>
       <c r="K120" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="L120" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M120" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="P120" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B121" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C121" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D121" t="s">
         <v>87</v>
       </c>
       <c r="E121" t="s">
         <v>42</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>55</v>
       </c>
       <c r="H121">
         <v>2022</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>318</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M121" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P121" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B122" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C122" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D122" t="s">
         <v>72</v>
       </c>
       <c r="E122" t="s">
         <v>42</v>
       </c>
       <c r="F122" t="s">
         <v>43</v>
       </c>
       <c r="G122" t="s">
         <v>55</v>
       </c>
       <c r="H122">
         <v>2009</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>301</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="M122" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P122" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">