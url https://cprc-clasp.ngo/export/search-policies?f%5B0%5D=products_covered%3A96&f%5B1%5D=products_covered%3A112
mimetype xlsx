--- v1 (2026-01-18)
+++ v2 (2026-03-05)
@@ -633,66 +633,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
@@ -4046,136 +4046,136 @@
       <c r="K31" t="s">
         <v>187</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>145</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>200</v>
       </c>
       <c r="P31" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>202</v>
       </c>
       <c r="B32" t="s">
         <v>203</v>
       </c>
       <c r="C32" t="s">
-        <v>123</v>
+        <v>204</v>
       </c>
       <c r="D32" t="s">
         <v>167</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="K32" t="s">
         <v>45</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P32" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>202</v>
       </c>
       <c r="B33" t="s">
         <v>203</v>
       </c>
       <c r="C33" t="s">
-        <v>207</v>
+        <v>123</v>
       </c>
       <c r="D33" t="s">
         <v>167</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1992</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="K33" t="s">
         <v>45</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
+        <v>145</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>208</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>210</v>
       </c>
       <c r="B34" t="s">
         <v>211</v>
       </c>
       <c r="C34" t="s">
         <v>138</v>
       </c>
       <c r="D34" t="s">
         <v>212</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>55</v>
       </c>
       <c r="H34">