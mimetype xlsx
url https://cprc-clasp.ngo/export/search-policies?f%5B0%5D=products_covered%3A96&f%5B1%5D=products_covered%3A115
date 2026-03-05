--- v0 (2025-11-30)
+++ v1 (2026-03-05)
@@ -464,72 +464,72 @@
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
@@ -993,69 +993,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
@@ -2594,127 +2594,127 @@
         <v>129</v>
       </c>
       <c r="K18" t="s">
         <v>141</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>145</v>
       </c>
       <c r="P18" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>147</v>
       </c>
       <c r="B19" t="s">
         <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
         <v>140</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>147</v>
       </c>
       <c r="B20" t="s">
         <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="D20" t="s">
         <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>155</v>
       </c>
       <c r="P20" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>157</v>
       </c>
       <c r="B21" t="s">
         <v>158</v>
       </c>
       <c r="C21" t="s">
         <v>128</v>
       </c>
       <c r="D21" t="s">
         <v>159</v>
       </c>
       <c r="E21" t="s">
@@ -3905,51 +3905,51 @@
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>311</v>
       </c>
       <c r="B46" t="s">
         <v>312</v>
       </c>
       <c r="C46" t="s">
         <v>313</v>
       </c>
       <c r="D46" t="s">
         <v>314</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>43</v>
       </c>
       <c r="G46" t="s">
         <v>55</v>
       </c>
       <c r="H46">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>315</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>316</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>317</v>
       </c>
       <c r="P46" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>319</v>