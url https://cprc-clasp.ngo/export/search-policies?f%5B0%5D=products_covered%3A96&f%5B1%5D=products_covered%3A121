--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -598,69 +598,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
     <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -2474,51 +2474,51 @@
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>186</v>
       </c>
       <c r="B27" t="s">
         <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>188</v>
       </c>
       <c r="D27" t="s">
         <v>189</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>33</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>190</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>191</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>192</v>
       </c>
       <c r="P27" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>194</v>