--- v0 (2025-11-30)
+++ v1 (2026-03-07)
@@ -664,69 +664,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -2709,51 +2709,51 @@
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>210</v>
       </c>
       <c r="B29" t="s">
         <v>211</v>
       </c>
       <c r="C29" t="s">
         <v>212</v>
       </c>
       <c r="D29" t="s">
         <v>213</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>214</v>
       </c>
       <c r="K29" t="s">
         <v>35</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>215</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>216</v>
       </c>
       <c r="P29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>218</v>