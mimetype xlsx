--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -968,110 +968,110 @@
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
@@ -1436,50 +1436,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
   </si>
   <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
   </si>
@@ -2033,51 +2036,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4230,51 +4233,51 @@
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>307</v>
       </c>
       <c r="B46" t="s">
         <v>308</v>
       </c>
       <c r="C46" t="s">
         <v>176</v>
       </c>
       <c r="D46" t="s">
         <v>309</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>51</v>
       </c>
       <c r="G46" t="s">
         <v>52</v>
       </c>
       <c r="H46">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>310</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>311</v>
       </c>
       <c r="N46" t="s">
         <v>37</v>
       </c>
       <c r="O46" t="s">
         <v>312</v>
       </c>
       <c r="P46" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>314</v>
@@ -5435,652 +5438,652 @@
       </c>
       <c r="P70" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>457</v>
       </c>
       <c r="B71" t="s">
         <v>458</v>
       </c>
       <c r="C71" t="s">
         <v>352</v>
       </c>
       <c r="D71" t="s">
         <v>43</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>459</v>
       </c>
       <c r="H71">
         <v>2010</v>
       </c>
       <c r="I71">
         <v>2016</v>
       </c>
       <c r="J71" t="s">
         <v>186</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M71" t="s">
         <v>354</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C72" t="s">
         <v>352</v>
       </c>
       <c r="D72" t="s">
         <v>365</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>178</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2008</v>
       </c>
       <c r="I72">
         <v>2014</v>
       </c>
       <c r="J72" t="s">
         <v>186</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M72" t="s">
         <v>354</v>
       </c>
       <c r="N72" t="s">
         <v>37</v>
       </c>
       <c r="O72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="P72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B73" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C73" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D73" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>52</v>
       </c>
       <c r="H73">
         <v>2016</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>158</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="N73" t="s">
         <v>37</v>
       </c>
       <c r="O73" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P73" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B74" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C74" t="s">
         <v>138</v>
       </c>
       <c r="D74" t="s">
         <v>33</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>52</v>
       </c>
       <c r="H74">
         <v>2014</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>141</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M74" t="s">
         <v>142</v>
       </c>
       <c r="N74" t="s">
         <v>37</v>
       </c>
       <c r="O74" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P74" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B75" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C75" t="s">
         <v>138</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2005</v>
       </c>
       <c r="I75">
         <v>2015</v>
       </c>
       <c r="J75" t="s">
         <v>141</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="M75" t="s">
         <v>142</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P75" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B76" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C76" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D76" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>51</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2009</v>
       </c>
       <c r="I76">
         <v>2016</v>
       </c>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>405</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="N76" t="s">
         <v>37</v>
       </c>
       <c r="O76" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P76" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B77" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C77" t="s">
         <v>185</v>
       </c>
       <c r="D77" t="s">
         <v>43</v>
       </c>
       <c r="E77" t="s">
         <v>109</v>
       </c>
       <c r="F77" t="s">
         <v>110</v>
       </c>
       <c r="G77" t="s">
         <v>52</v>
       </c>
       <c r="H77">
         <v>1998</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M77" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="P77" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B78" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C78" t="s">
         <v>185</v>
       </c>
       <c r="D78" t="s">
         <v>33</v>
       </c>
       <c r="E78" t="s">
         <v>109</v>
       </c>
       <c r="F78" t="s">
         <v>110</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2013</v>
       </c>
       <c r="I78">
         <v>2021</v>
       </c>
       <c r="J78" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="M78" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="N78" t="s">
         <v>37</v>
       </c>
       <c r="O78" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="P78" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B79" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C79" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D79" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>178</v>
       </c>
       <c r="G79" t="s">
         <v>52</v>
       </c>
       <c r="H79">
         <v>2016</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P79" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B80" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C80" t="s">
         <v>185</v>
       </c>
       <c r="D80" t="s">
         <v>251</v>
       </c>
       <c r="E80" t="s">
         <v>109</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>52</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>252</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="N80" t="s">
         <v>37</v>
       </c>
       <c r="O80" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="P80" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B81" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C81" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D81" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E81" t="s">
         <v>109</v>
       </c>
       <c r="F81" t="s">
         <v>51</v>
       </c>
       <c r="G81" t="s">
         <v>52</v>
       </c>
       <c r="H81">
         <v>2021</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>186</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="M81" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="N81" t="s">
         <v>37</v>
       </c>
       <c r="O81" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="P81" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B82" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C82" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D82" t="s">
         <v>33</v>
       </c>
       <c r="E82" t="s">
         <v>109</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>52</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>186</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="M82" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="N82" t="s">
         <v>37</v>
       </c>
       <c r="O82" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P82" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B83" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C83" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D83" t="s">
         <v>43</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>52</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>53</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P83" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">