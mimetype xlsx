--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,857 +12,1157 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1126,2167 +1426,2460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>37</v>
       </c>
-      <c r="G4">
-[...22 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-        <v>38</v>
+      <c r="I5">
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...27 lines deleted...]
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N9" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>61</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...31 lines deleted...]
-      <c r="G11">
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>122</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>142</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>143</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>113</v>
+      </c>
+      <c r="K18" t="s">
+        <v>144</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>143</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
         <v>2012</v>
       </c>
-      <c r="H11">
-[...5 lines deleted...]
-      <c r="J11" t="s">
+      <c r="J20" t="s">
+        <v>81</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>52</v>
+      </c>
+      <c r="M20" t="s">
+        <v>47</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...31 lines deleted...]
-      <c r="G12">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2011</v>
       </c>
-      <c r="H12">
-[...5 lines deleted...]
-      <c r="J12" t="s">
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>81</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>47</v>
+      </c>
+      <c r="N21" t="s">
+        <v>37</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...26 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
+        <v>166</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
         <v>37</v>
       </c>
-      <c r="G13">
-[...10 lines deleted...]
-      <c r="L13" t="s">
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E23" t="s">
         <v>79</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>174</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" t="s">
         <v>80</v>
       </c>
-    </row>
-[...92 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>182</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>183</v>
+      </c>
+      <c r="N24" t="s">
         <v>37</v>
       </c>
-      <c r="G16">
-[...122 lines deleted...]
-      <c r="F19" t="s">
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>188</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>143</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2007</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>182</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>189</v>
+      </c>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
         <v>37</v>
       </c>
-      <c r="G19">
-[...65 lines deleted...]
-      <c r="A21" t="s">
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>188</v>
+      </c>
+      <c r="D26" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
-[...207 lines deleted...]
-      <c r="N25" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>143</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2012</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
-        <v>136</v>
+      <c r="I26">
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>190</v>
+      </c>
+      <c r="N26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>127</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...19 lines deleted...]
-      <c r="C27" t="s">
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>200</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>119</v>
+      </c>
+      <c r="E28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1981</v>
+      </c>
+      <c r="I28">
+        <v>2002</v>
+      </c>
+      <c r="J28" t="s">
+        <v>207</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
+        <v>212</v>
+      </c>
+      <c r="C29" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" t="s">
+        <v>214</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2025</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>215</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>216</v>
+      </c>
+      <c r="N29" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>213</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2025</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>215</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>216</v>
+      </c>
+      <c r="N30" t="s">
+        <v>37</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>206</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>113</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>225</v>
+      </c>
+      <c r="N31" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B32" t="s">
+        <v>228</v>
+      </c>
+      <c r="C32" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1997</v>
+      </c>
+      <c r="I32">
+        <v>2005</v>
+      </c>
+      <c r="J32" t="s">
+        <v>120</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>229</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2025</v>
+      </c>
+      <c r="J33" t="s">
+        <v>215</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>234</v>
+      </c>
+      <c r="M33" t="s">
+        <v>229</v>
+      </c>
+      <c r="N33" t="s">
+        <v>37</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>120</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>244</v>
+      </c>
+      <c r="D35" t="s">
+        <v>245</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>246</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>247</v>
+      </c>
+      <c r="M35" t="s">
+        <v>248</v>
+      </c>
+      <c r="N35" t="s">
+        <v>37</v>
+      </c>
+      <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>251</v>
+      </c>
+      <c r="B36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" t="s">
+        <v>127</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>253</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>254</v>
+      </c>
+      <c r="M36" t="s">
+        <v>129</v>
+      </c>
+      <c r="N36" t="s">
+        <v>37</v>
+      </c>
+      <c r="O36" t="s">
+        <v>255</v>
+      </c>
+      <c r="P36" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>257</v>
+      </c>
+      <c r="B37" t="s">
+        <v>258</v>
+      </c>
+      <c r="C37" t="s">
+        <v>259</v>
+      </c>
+      <c r="D37" t="s">
+        <v>127</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>260</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>261</v>
+      </c>
+      <c r="M37" t="s">
+        <v>262</v>
+      </c>
+      <c r="N37" t="s">
+        <v>37</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>267</v>
+      </c>
+      <c r="D38" t="s">
+        <v>268</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>143</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>128</v>
+      </c>
+      <c r="K38" t="s">
+        <v>269</v>
+      </c>
+      <c r="L38" t="s">
+        <v>270</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" t="s">
+        <v>276</v>
+      </c>
+      <c r="D39" t="s">
+        <v>277</v>
+      </c>
+      <c r="E39" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>278</v>
+      </c>
+      <c r="K39" t="s">
+        <v>279</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>280</v>
+      </c>
+      <c r="N39" t="s">
+        <v>37</v>
+      </c>
+      <c r="O39" t="s">
+        <v>281</v>
+      </c>
+      <c r="P39" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>283</v>
+      </c>
+      <c r="B40" t="s">
+        <v>284</v>
+      </c>
+      <c r="C40" t="s">
+        <v>285</v>
+      </c>
+      <c r="D40" t="s">
+        <v>286</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>143</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2019</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>287</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>288</v>
+      </c>
+      <c r="N40" t="s">
+        <v>37</v>
+      </c>
+      <c r="O40" t="s">
+        <v>289</v>
+      </c>
+      <c r="P40" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>291</v>
+      </c>
+      <c r="B41" t="s">
+        <v>292</v>
+      </c>
+      <c r="C41" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41" t="s">
+        <v>119</v>
+      </c>
+      <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>80</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1999</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>260</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>293</v>
+      </c>
+      <c r="M41" t="s">
+        <v>294</v>
+      </c>
+      <c r="N41" t="s">
+        <v>37</v>
+      </c>
+      <c r="O41" t="s">
+        <v>295</v>
+      </c>
+      <c r="P41" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>297</v>
+      </c>
+      <c r="B42" t="s">
+        <v>298</v>
+      </c>
+      <c r="C42" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" t="s">
+        <v>245</v>
+      </c>
+      <c r="E42" t="s">
+        <v>79</v>
+      </c>
+      <c r="F42" t="s">
+        <v>80</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>260</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>299</v>
+      </c>
+      <c r="M42" t="s">
+        <v>294</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" t="s">
+        <v>300</v>
+      </c>
+      <c r="P42" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>302</v>
+      </c>
+      <c r="B43" t="s">
+        <v>303</v>
+      </c>
+      <c r="C43" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" t="s">
+        <v>119</v>
+      </c>
+      <c r="E43" t="s">
+        <v>79</v>
+      </c>
+      <c r="F43" t="s">
+        <v>80</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>260</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>304</v>
+      </c>
+      <c r="M43" t="s">
+        <v>294</v>
+      </c>
+      <c r="N43" t="s">
+        <v>37</v>
+      </c>
+      <c r="O43" t="s">
+        <v>305</v>
+      </c>
+      <c r="P43" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>307</v>
+      </c>
+      <c r="B44" t="s">
+        <v>308</v>
+      </c>
+      <c r="C44" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" t="s">
+        <v>245</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>143</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>120</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>309</v>
+      </c>
+      <c r="M44" t="s">
+        <v>229</v>
+      </c>
+      <c r="N44" t="s">
+        <v>37</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" t="s">
+        <v>313</v>
+      </c>
+      <c r="C45" t="s">
+        <v>93</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>96</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>314</v>
+      </c>
+      <c r="M45" t="s">
         <v>97</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" t="s">
+      <c r="N45" t="s">
         <v>37</v>
       </c>
-      <c r="G27">
-[...6 lines deleted...]
-      <c r="J27" t="s">
+      <c r="O45" t="s">
+        <v>315</v>
+      </c>
+      <c r="P45" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>317</v>
+      </c>
+      <c r="B46" t="s">
+        <v>318</v>
+      </c>
+      <c r="C46" t="s">
+        <v>319</v>
+      </c>
+      <c r="D46" t="s">
+        <v>320</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>279</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>321</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" t="s">
+        <v>322</v>
+      </c>
+      <c r="P46" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>324</v>
+      </c>
+      <c r="B47" t="s">
+        <v>325</v>
+      </c>
+      <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>79</v>
+      </c>
+      <c r="F47" t="s">
+        <v>80</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
+      <c r="J47" t="s">
+        <v>326</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>327</v>
+      </c>
+      <c r="M47" t="s">
+        <v>328</v>
+      </c>
+      <c r="N47" t="s">
+        <v>37</v>
+      </c>
+      <c r="O47" t="s">
+        <v>329</v>
+      </c>
+      <c r="P47" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>331</v>
+      </c>
+      <c r="B48" t="s">
+        <v>332</v>
+      </c>
+      <c r="C48" t="s">
+        <v>333</v>
+      </c>
+      <c r="D48" t="s">
+        <v>334</v>
+      </c>
+      <c r="E48" t="s">
+        <v>79</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" t="s">
+        <v>44</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>120</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>335</v>
+      </c>
+      <c r="M48" t="s">
+        <v>336</v>
+      </c>
+      <c r="N48" t="s">
+        <v>37</v>
+      </c>
+      <c r="O48" t="s">
+        <v>337</v>
+      </c>
+      <c r="P48" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>339</v>
+      </c>
+      <c r="B49" t="s">
+        <v>340</v>
+      </c>
+      <c r="C49" t="s">
+        <v>333</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>79</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...68 lines deleted...]
-      <c r="F29" t="s">
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>120</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>341</v>
+      </c>
+      <c r="M49" t="s">
+        <v>336</v>
+      </c>
+      <c r="N49" t="s">
         <v>37</v>
       </c>
-      <c r="G29">
-[...865 lines deleted...]
-        <v>249</v>
+      <c r="O49" t="s">
+        <v>342</v>
+      </c>
+      <c r="P49" t="s">
+        <v>343</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>