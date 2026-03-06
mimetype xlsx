--- v1 (2025-11-28)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -667,102 +667,105 @@
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
@@ -2813,51 +2816,51 @@
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>211</v>
       </c>
       <c r="B29" t="s">
         <v>212</v>
       </c>
       <c r="C29" t="s">
         <v>213</v>
       </c>
       <c r="D29" t="s">
         <v>214</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>215</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>216</v>
       </c>
       <c r="N29" t="s">
         <v>37</v>
       </c>
       <c r="O29" t="s">
         <v>217</v>
       </c>
       <c r="P29" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>219</v>
@@ -2946,904 +2949,904 @@
       <c r="O31" t="s">
         <v>226</v>
       </c>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>227</v>
       </c>
       <c r="B32" t="s">
         <v>228</v>
       </c>
       <c r="C32" t="s">
         <v>118</v>
       </c>
       <c r="D32" t="s">
         <v>119</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>229</v>
       </c>
       <c r="H32">
         <v>1997</v>
       </c>
       <c r="I32">
         <v>2005</v>
       </c>
       <c r="J32" t="s">
         <v>120</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
         <v>118</v>
       </c>
       <c r="D33" t="s">
         <v>119</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2004</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
         <v>215</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N33" t="s">
         <v>37</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
         <v>118</v>
       </c>
       <c r="D34" t="s">
         <v>119</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>44</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>120</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>44</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N35" t="s">
         <v>37</v>
       </c>
       <c r="O35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C36" t="s">
         <v>126</v>
       </c>
       <c r="D36" t="s">
         <v>127</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>143</v>
       </c>
       <c r="G36" t="s">
         <v>44</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M36" t="s">
         <v>129</v>
       </c>
       <c r="N36" t="s">
         <v>37</v>
       </c>
       <c r="O36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D37" t="s">
         <v>127</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>44</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N37" t="s">
         <v>37</v>
       </c>
       <c r="O37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>143</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38">
         <v>2021</v>
       </c>
       <c r="J38" t="s">
         <v>128</v>
       </c>
       <c r="K38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="L38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E39" t="s">
         <v>79</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N39" t="s">
         <v>37</v>
       </c>
       <c r="O39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>143</v>
       </c>
       <c r="G40" t="s">
         <v>44</v>
       </c>
       <c r="H40">
         <v>2019</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N40" t="s">
         <v>37</v>
       </c>
       <c r="O40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C41" t="s">
         <v>118</v>
       </c>
       <c r="D41" t="s">
         <v>119</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
         <v>80</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1999</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N41" t="s">
         <v>37</v>
       </c>
       <c r="O41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C42" t="s">
         <v>118</v>
       </c>
       <c r="D42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E42" t="s">
         <v>79</v>
       </c>
       <c r="F42" t="s">
         <v>80</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2001</v>
       </c>
       <c r="I42">
         <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N42" t="s">
         <v>37</v>
       </c>
       <c r="O42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B43" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C43" t="s">
         <v>118</v>
       </c>
       <c r="D43" t="s">
         <v>119</v>
       </c>
       <c r="E43" t="s">
         <v>79</v>
       </c>
       <c r="F43" t="s">
         <v>80</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N43" t="s">
         <v>37</v>
       </c>
       <c r="O43" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P43" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C44" t="s">
         <v>118</v>
       </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>143</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
         <v>120</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M44" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N44" t="s">
         <v>37</v>
       </c>
       <c r="O44" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P44" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C45" t="s">
         <v>93</v>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>44</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>96</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M45" t="s">
         <v>97</v>
       </c>
       <c r="N45" t="s">
         <v>37</v>
       </c>
       <c r="O45" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P45" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B46" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C46" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>43</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2009</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N46" t="s">
         <v>37</v>
       </c>
       <c r="O46" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P46" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C47" t="s">
         <v>134</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>79</v>
       </c>
       <c r="F47" t="s">
         <v>80</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
         <v>2021</v>
       </c>
       <c r="J47" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M47" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N47" t="s">
         <v>37</v>
       </c>
       <c r="O47" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P47" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B48" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C48" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D48" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E48" t="s">
         <v>79</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>120</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N48" t="s">
         <v>37</v>
       </c>
       <c r="O48" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P48" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B49" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>79</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>120</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N49" t="s">
         <v>37</v>
       </c>
       <c r="O49" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">