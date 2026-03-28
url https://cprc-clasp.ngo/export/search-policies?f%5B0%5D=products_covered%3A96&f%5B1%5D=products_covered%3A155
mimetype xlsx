--- v0 (2025-12-12)
+++ v1 (2026-03-28)
@@ -575,69 +575,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -2442,51 +2442,51 @@
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>180</v>
       </c>
       <c r="B26" t="s">
         <v>181</v>
       </c>
       <c r="C26" t="s">
         <v>182</v>
       </c>
       <c r="D26" t="s">
         <v>183</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>185</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>186</v>
       </c>
       <c r="P26" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>188</v>